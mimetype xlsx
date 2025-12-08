--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -626,51 +626,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>300</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -756,51 +756,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Правознавство та правозахисна діяльність</t>
         </is>
       </c>
@@ -1011,51 +1011,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>6.020301</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>філософія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2730,84 +2730,84 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Богослов'я</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2832,51 +2832,51 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -2895,51 +2895,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
@@ -2964,51 +2964,51 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>41</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -3030,51 +3030,51 @@
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>39</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -3093,51 +3093,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B8</t>
         </is>
       </c>
@@ -3162,81 +3162,81 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -3261,51 +3261,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>