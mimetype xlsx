--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -2895,51 +2895,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
@@ -2964,51 +2964,51 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>41</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -3027,54 +3027,54 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -3093,51 +3093,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B8</t>
         </is>
       </c>
@@ -3261,51 +3261,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -3357,54 +3357,54 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Право</t>