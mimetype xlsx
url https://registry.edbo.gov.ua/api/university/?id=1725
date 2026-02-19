--- v0 (2025-10-30)
+++ v1 (2026-02-19)
@@ -2783,88 +2783,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>