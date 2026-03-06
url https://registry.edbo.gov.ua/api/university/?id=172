--- v0 (2025-12-24)
+++ v1 (2026-03-06)
@@ -23,52 +23,52 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$100</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$99</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$47</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -377,63 +377,63 @@
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Дідріхсона, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(048)7233342,7234092,7236904</t>
+          <t>+38(048)-723-33-42</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>list@ogasa.org.ua</t>
+          <t>list@odaba.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://odaba.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
@@ -1508,51 +1508,51 @@
       </c>
       <c r="K10" s="9"/>
       <c r="L10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 13.11.2019 № 982-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K100"/>
+  <dimension ref="A1:K99"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1668,92 +1668,92 @@
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>33220</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t>НД 1693114</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46732</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>33205</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НД 1693117</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>33219</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -1843,4145 +1843,4102 @@
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t>- 5819</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>33212</v>
+        <v>51846</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Будівельна техніка та автомобілі</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
-          <t>- 11356</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>51846</v>
+        <v>49748</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
-          <t>Будівельна техніка та автомобілі</t>
+          <t>Енергетичний менеджмент та інжиніринг енергосистем</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>49748</v>
+        <v>33221</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент та інжиніринг енергосистем</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K10" s="9"/>
+          <t>АД 16005628</t>
+        </is>
+      </c>
+      <c r="K10" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>33221</v>
+        <v>33214</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="8" t="inlineStr">
         <is>
-          <t>АД 16005628</t>
+          <t>АД 16005629</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>33214</v>
+        <v>7338</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
-          <t>АД 16005629</t>
+          <t>АД 16001033</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>194</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>7338</v>
+        <v>33213</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
-          <t>АД 16001033</t>
+          <t>АД 16010983</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>274</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>33213</v>
+        <v>62932</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
-          <t>АД 16010983</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
-[...2 lines deleted...]
-      <c r="D15" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D15" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E15" s="6" t="n">
-        <v>62932</v>
+        <v>48579</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Транспортні технології на автомобільному транспорті</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>- 13862</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46183</v>
+      </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
-          <t>на автомобільному транспорті</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>48579</v>
+        <v>87388</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології на автомобільному транспорті</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t>- 13862</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>87388</v>
+        <v>87370</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн інтер'єру</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
-        <v>87370</v>
+        <v>87390</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Дизайн інтер'єру</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K18" s="9"/>
+          <t>АД 16020684</t>
+        </is>
+      </c>
+      <c r="K18" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>87390</v>
+        <v>84736</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Економіка будівельного підприємства</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
-          <t>АД 16020684</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>84736</v>
+        <v>81190</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Економіка будівельного підприємства</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>81190</v>
+        <v>81191</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K21" s="9"/>
+          <t>АД 16020685</t>
+        </is>
+      </c>
+      <c r="K21" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
-[...2 lines deleted...]
-      <c r="D22" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D22" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні засоби</t>
+        </is>
+      </c>
       <c r="E22" s="6" t="n">
-        <v>81191</v>
+        <v>84285</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Будівельна техніка та автомобілі</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
-          <t>АД 16020685</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Архітектура та містобудування</t>
+        </is>
+      </c>
+      <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>84285</v>
+        <v>78309</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Будівельна техніка та автомобілі</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K23" s="9"/>
+          <t>АД 16020686</t>
+        </is>
+      </c>
+      <c r="K23" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>78309</v>
+        <v>81193</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
-          <t>АД 16020686</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>81193</v>
+        <v>81194</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K25" s="9"/>
+          <t>АД 16020687</t>
+        </is>
+      </c>
+      <c r="K25" s="9" t="n">
+        <v>47300</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>81194</v>
+        <v>84749</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t>АД 16020687</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>84749</v>
+        <v>81195</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
-          <t>АД 16020687</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>81195</v>
+        <v>84735</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Транспортні технології на автомобільному транспорті</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>84735</v>
+        <v>7499</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології на автомобільному транспорті</t>
-[...2 lines deleted...]
-      <c r="G29" s="3"/>
+          <t>Образотворче мистецтво</t>
+        </is>
+      </c>
+      <c r="G29" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H29" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>- 10027</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>7499</v>
+        <v>7237</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Управління проектами</t>
         </is>
       </c>
       <c r="G30" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t>- 10027</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K30" s="9"/>
+          <t>НД 1694307</t>
+        </is>
+      </c>
+      <c r="K30" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>7237</v>
+        <v>8557</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Менеджмент і адміністрування</t>
         </is>
       </c>
       <c r="G31" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
           <t>НД 1694307</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>8557</v>
+        <v>54735</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент і адміністрування</t>
+          <t>Логістика</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t>НД 1694307</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>54735</v>
+        <v>16455</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
-          <t>Логістика</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="8" t="inlineStr">
         <is>
-          <t>НД 1694307</t>
+          <t>НД 1694306</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>16455</v>
+        <v>29492</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
-          <t>НД 1694306</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>29492</v>
+        <v>37087</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Економіка будівельного підприємства</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H35" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>- 5820</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>37087</v>
+        <v>60551</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Економіка будівельного підприємства</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t>- 5820</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>60551</v>
+        <v>49425</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Економіка будівельного підприємства</t>
+          <t>Будівельна техніка та автомобілі</t>
         </is>
       </c>
       <c r="G37" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H37" s="8" t="inlineStr">
         <is>
-          <t>- 5820</t>
+          <t>- 2698</t>
         </is>
       </c>
       <c r="I37" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>49425</v>
+        <v>6841</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Будівельна техніка та автомобілі</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="G38" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H38" s="8" t="inlineStr">
         <is>
-          <t>- 2698</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K38" s="9"/>
+          <t>НД 1693127</t>
+        </is>
+      </c>
+      <c r="K38" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>6841</v>
+        <v>8020</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t>НД 1693127</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>8020</v>
+        <v>8162</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Архітектура будівель і споруд</t>
+          <t>Містобудування</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I40" s="9"/>
+          <t>- 9664</t>
+        </is>
+      </c>
+      <c r="I40" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t>НД 1693127</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>8162</v>
+        <v>33654</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Містобудування</t>
+          <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t>- 9664</t>
+          <t>- 4396</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t>НД 1693127</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>33654</v>
+        <v>63113</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Архітектура будівель і споруд</t>
+          <t>Реставрація архітектурних об'єктів</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t>- 4396</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t>НД 1693127</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>63113</v>
+        <v>4047</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Реставрація архітектурних об'єктів</t>
+          <t>Міське будівництво та господарство</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>- 188</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J43" s="8" t="inlineStr">
         <is>
-          <t>НД 1693127</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>4047</v>
+        <v>6284</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Міське будівництво та господарство</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t>- 188</t>
+          <t>- 19565</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>6284</v>
+        <v>6600</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Мости і транспортні тунелі</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="8" t="inlineStr">
         <is>
-          <t>- 19565</t>
+          <t>- 189</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
-        <v>48030</v>
+        <v>46204</v>
       </c>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>6600</v>
+        <v>7498</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Мости і транспортні тунелі</t>
+          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t>- 189</t>
+          <t>- 2657</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>7498</v>
+        <v>7552</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
+          <t>Водопостачання та водовідведення</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t>- 2657</t>
+          <t>- 187</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J47" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>7552</v>
+        <v>8558</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Водопостачання та водовідведення</t>
+          <t>Теплогазопостачання і вентиляція</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t>- 187</t>
+          <t>- 1053</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J48" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>8558</v>
+        <v>33675</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Теплогазопостачання і вентиляція</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t>- 1053</t>
+          <t>- 452</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>33675</v>
+        <v>33690</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t>- 452</t>
+          <t>- 12304</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
-        <v>46204</v>
+        <v>46155</v>
       </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>33690</v>
+        <v>35651</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
+          <t>Архітектурно-будівельний інжиніринг</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t>- 12304</t>
+          <t>- 2655</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46155</v>
+        <v>46569</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>35651</v>
+        <v>49581</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Архітектурно-будівельний інжиніринг</t>
+          <t>Автомобільні дороги та аеродроми</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t>- 2655</t>
+          <t>- 2656</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>49581</v>
+        <v>49742</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Автомобільні дороги та аеродроми</t>
+          <t>Адитивні технології</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t>- 2656</t>
+          <t>- 3696</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>49742</v>
+        <v>63512</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Адитивні технології</t>
+          <t>Менеджмент будівельних проєктів</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t>- 3696</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I54" s="9"/>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>63512</v>
+        <v>63513</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент будівельних проєктів</t>
+          <t>Девелопмент будівництва</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>63513</v>
+        <v>63514</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Девелопмент будівництва</t>
+          <t>Енергоефективність будівель та енергетичний інжиніринг</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>63514</v>
+        <v>65664</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Енергоефективність будівель та енергетичний інжиніринг</t>
+          <t>ВІМ інжиніринг</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>65664</v>
+        <v>6598</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>ВІМ інжиніринг</t>
+          <t>Геодезія</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K58" s="9"/>
+          <t>НД 1693128</t>
+        </is>
+      </c>
+      <c r="K58" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>6598</v>
+        <v>7236</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Геодезія</t>
+          <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>- 3488</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J59" s="8" t="inlineStr">
         <is>
           <t>НД 1693128</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>7236</v>
+        <v>49427</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та кадастр</t>
+          <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="8" t="inlineStr">
         <is>
-          <t>- 3488</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
           <t>НД 1693128</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>49427</v>
+        <v>62626</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Геоінформаційні системи і технології</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t>НД 1693128</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>194</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>62626</v>
+        <v>37085</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H62" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I62" s="9"/>
+          <t>- 961</t>
+        </is>
+      </c>
+      <c r="I62" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J62" s="8" t="inlineStr">
         <is>
-          <t>НД 1693128</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
-[...2 lines deleted...]
-      <c r="D63" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D63" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E63" s="6" t="n">
-        <v>37085</v>
+        <v>87391</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="8" t="inlineStr">
         <is>
-          <t>- 961</t>
+          <t>- 16146</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>87391</v>
+        <v>84744</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Економіка будівельного підприємства</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H64" s="8" t="inlineStr">
         <is>
-          <t>- 16146</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I64" s="9"/>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>84744</v>
+        <v>81199</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Економіка будівельного підприємства</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K65" s="9"/>
+          <t>АД 16020688</t>
+        </is>
+      </c>
+      <c r="K65" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>81199</v>
+        <v>81201</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
-          <t>АД 16020688</t>
+          <t>АД 16020689</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
-[...2 lines deleted...]
-      <c r="D67" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D67" s="3" t="inlineStr">
+        <is>
+          <t>Транспортні засоби</t>
+        </is>
+      </c>
       <c r="E67" s="6" t="n">
-        <v>81201</v>
+        <v>84286</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Будівельна техніка та автомобілі</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 16896</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
-          <t>АД 16020689</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Архітектура та містобудування</t>
+        </is>
+      </c>
+      <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>84286</v>
+        <v>78312</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Будівельна техніка та автомобілі</t>
+          <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="8" t="inlineStr">
         <is>
-          <t>- 16896</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>78312</v>
+        <v>78313</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Дизайн архітектурного середовища</t>
+          <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>78313</v>
+        <v>78314</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Архітектура будівель і споруд</t>
+          <t>Містобудування</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- 16881</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>78314</v>
+        <v>78316</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Містобудування</t>
+          <t>Архітектура будівель і споруд</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H71" s="8" t="inlineStr">
         <is>
-          <t>- 16881</t>
+          <t>- 16882</t>
         </is>
       </c>
       <c r="I71" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>78316</v>
+        <v>78319</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Архітектура будівель і споруд</t>
+          <t>Реставрація архітектурних об'єктів</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
-          <t>- 16882</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>78319</v>
+        <v>81203</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Реставрація архітектурних об'єктів</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>81203</v>
+        <v>87857</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Землеустрій та кадастр</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H74" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I74" s="9"/>
+          <t>- 17716</t>
+        </is>
+      </c>
+      <c r="I74" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>87857</v>
+        <v>81207</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Землеустрій та кадастр</t>
+          <t>Адитивні технології</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="8" t="inlineStr">
         <is>
-          <t>- 17716</t>
+          <t>- 16885</t>
         </is>
       </c>
       <c r="I75" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>81207</v>
+        <v>81208</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Адитивні технології</t>
+          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="8" t="inlineStr">
         <is>
-          <t>- 16885</t>
+          <t>- 16887</t>
         </is>
       </c>
       <c r="I76" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>81208</v>
+        <v>81209</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
-          <t>- 16887</t>
+          <t>- 16894</t>
         </is>
       </c>
       <c r="I77" s="9" t="n">
-        <v>46569</v>
+        <v>46155</v>
       </c>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>81209</v>
+        <v>81210</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Технології будівельних конструкцій, виробів і матеріалів</t>
+          <t>Міське будівництво та господарство</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="8" t="inlineStr">
         <is>
-          <t>- 16894</t>
+          <t>- 16891</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>46155</v>
+        <v>46204</v>
       </c>
       <c r="J78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>81210</v>
+        <v>81211</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Міське будівництво та господарство</t>
+          <t>Архітектурно-будівельний інжиніринг</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="8" t="inlineStr">
         <is>
-          <t>- 16891</t>
+          <t>- 16888</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>81211</v>
+        <v>81212</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Архітектурно-будівельний інжиніринг</t>
+          <t>Девелопмент будівництва</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="8" t="inlineStr">
         <is>
-          <t>- 16888</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>81212</v>
+        <v>81213</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Девелопмент будівництва</t>
+          <t>Менеджмент будівельних проєктів</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>81213</v>
+        <v>81214</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент будівельних проєктів</t>
+          <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>81214</v>
+        <v>81215</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H83" s="8" t="inlineStr">
         <is>
-          <t>- 16893</t>
+          <t>- 16892</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46078</v>
+        <v>46204</v>
       </c>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>81215</v>
+        <v>81216</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Промислове і цивільне будівництво</t>
+          <t>Автомобільні дороги та аеродроми</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="8" t="inlineStr">
         <is>
-          <t>- 16892</t>
+          <t>- 16886</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>81216</v>
+        <v>81217</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Автомобільні дороги та аеродроми</t>
+          <t>Водопостачання та водовідведення</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="8" t="inlineStr">
         <is>
-          <t>- 16886</t>
+          <t>- 16890</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>81217</v>
+        <v>81218</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Водопостачання та водовідведення</t>
+          <t>Енергоефективність будівель та енергетичний інжиніринг</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H86" s="8" t="inlineStr">
         <is>
-          <t>- 16890</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>81218</v>
+        <v>81219</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Енергоефективність будівель та енергетичний інжиніринг</t>
+          <t>Теплогазопостачання і вентиляція</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I87" s="9"/>
+          <t>- 16889</t>
+        </is>
+      </c>
+      <c r="I87" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>81219</v>
+        <v>81220</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Теплогазопостачання і вентиляція</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="8" t="inlineStr">
         <is>
-          <t>- 16889</t>
+          <t>- 16895</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>81220</v>
+        <v>81221</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>ВІМ інжиніринг</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H89" s="8" t="inlineStr">
         <is>
-          <t>- 16895</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I89" s="9"/>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>81221</v>
+        <v>87398</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>ВІМ інжиніринг</t>
+          <t>Мости і транспортні тунелі</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I90" s="9"/>
+          <t>- 16147</t>
+        </is>
+      </c>
+      <c r="I90" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>J8</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>87398</v>
+        <v>81204</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Мости і транспортні тунелі</t>
+          <t>Транспортні технології на автомобільному транспорті</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
-          <t>- 16147</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>81204</v>
+        <v>48255</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології на автомобільному транспорті</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H92" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I92" s="9"/>
+          <t>- 11188</t>
+        </is>
+      </c>
+      <c r="I92" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>48255</v>
+        <v>61873</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H93" s="8" t="inlineStr">
         <is>
-          <t>- 11188</t>
+          <t>- 13567</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>61873</v>
+        <v>37084</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
-          <t>- 13567</t>
+          <t>- 2267</t>
         </is>
       </c>
       <c r="I94" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>37084</v>
+        <v>37083</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H95" s="8" t="inlineStr">
         <is>
-          <t>- 2267</t>
+          <t>- 2273</t>
         </is>
       </c>
       <c r="I95" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>37083</v>
+        <v>81185</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
-          <t>- 2273</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>81185</v>
+        <v>87371</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H97" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I97" s="9"/>
+          <t>- 18178</t>
+        </is>
+      </c>
+      <c r="I97" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J97" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K97" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>87371</v>
+        <v>78317</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H98" s="8" t="inlineStr">
         <is>
-          <t>- 18178</t>
+          <t>- 16883</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>78317</v>
+        <v>81186</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H99" s="8" t="inlineStr">
         <is>
-          <t>- 16883</t>
+          <t>- 16884</t>
         </is>
       </c>
       <c r="I99" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K99" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
-[...43 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K100"/>
+  <autoFilter ref="A1:K99"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I49"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -6063,51 +6020,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -6273,51 +6230,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -6339,51 +6296,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -6442,51 +6399,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -6607,120 +6564,120 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -6739,124 +6696,124 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
@@ -7151,529 +7108,463 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>194</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>218</v>
+        <v>5</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I49"/>
+  <autoFilter ref="A1:I47"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>