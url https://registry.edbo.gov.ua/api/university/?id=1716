--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -357,51 +357,51 @@
         <is>
           <t>м. Дніпрорудне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>просп. Ентузіастів, 25</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(06175) 76377</t>
+          <t>+38(061)-757-63-77;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>dplicey@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">