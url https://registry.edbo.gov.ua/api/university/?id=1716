--- v1 (2025-12-13)
+++ v2 (2026-03-10)
@@ -753,165 +753,165 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4115 Секретар керівника (організації, підприємства, установи)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>149</v>
+        <v>119</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Контролер зварювальних робіт</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар з ремонту реакторно-турбінного устаткування</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту реакторно-турбінного устаткування</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7241 Електрослюсар з ремонту й обслуговування автоматики та засобів вимірювань електростанцій</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>118</v>
+        <v>65</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8311 Машиніст електровоза
 7241 Електрослюсар (слюсар) черговий та з ремонту устаткування</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>83</v>
       </c>
       <c r="C8" s="7" t="n">