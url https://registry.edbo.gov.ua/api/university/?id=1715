--- v0 (2025-10-20)
+++ v1 (2026-02-14)
@@ -1084,193 +1084,193 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>42</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>85</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7124 Тесляр
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів
 7241 Слюсар-електрик з ремонту електроустаткування</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>59</v>
       </c>