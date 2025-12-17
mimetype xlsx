--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -1809,51 +1809,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -1879,51 +1879,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -2180,51 +2180,51 @@
       </c>
       <c r="B9" s="8" t="n">
         <v>3</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7324 Живописець
 7135 Вітражник</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7324 Живописець
 7331 Флорист</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C11" s="8" t="n">