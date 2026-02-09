--- v1 (2025-12-17)
+++ v2 (2026-02-09)
@@ -1809,88 +1809,88 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Реставрація</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2023,51 +2023,51 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4190 Монтажник експозиції та художньо-оформлювальних робіт
 7331 Флорист</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7124 Столяр будівельний
 7132 Паркетник</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="n">