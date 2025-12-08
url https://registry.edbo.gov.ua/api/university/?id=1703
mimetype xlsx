--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -393,51 +393,51 @@
         <is>
           <t>vpu27@i.ua dnzzmvpu1@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>vpu27.zp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Шулепіна Ганна Юріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1038,96 +1038,96 @@
       <c r="B2" s="7" t="n">
         <v>86</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7129 Монтажник гіпсокартонних конструкцій</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар з механоскладальних робіт</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7223 Контролер верстатних і слюсарних робіт (слюсарні роботи)
 7241 Лаборант з фізико-механічних випробувань</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>73</v>
       </c>
       <c r="C6" s="7" t="n">
@@ -1175,51 +1175,51 @@
       </c>
       <c r="B8" s="7" t="n">
         <v>105</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана (кранівник)</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>68</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>