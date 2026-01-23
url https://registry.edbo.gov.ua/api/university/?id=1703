--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1060,120 +1060,120 @@
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>73</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар з механоскладальних робіт</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>104</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7223 Контролер верстатних і слюсарних робіт (слюсарні роботи)
 7241 Лаборант з фізико-механічних випробувань</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7242 Монтажник радіоелектронної апаратури та приладів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>105</v>
       </c>
       <c r="C8" s="7" t="n">
@@ -1197,51 +1197,51 @@
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>102</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана (кранівник)</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>