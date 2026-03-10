--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1083,165 +1083,165 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>13</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар з механоскладальних робіт</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7223 Контролер верстатних і слюсарних робіт (слюсарні роботи)
 7241 Лаборант з фізико-механічних випробувань</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>82</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7242 Монтажник радіоелектронної апаратури та приладів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 8211 Оператор верстатів з програмним керуванням</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана (кранівник)</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>