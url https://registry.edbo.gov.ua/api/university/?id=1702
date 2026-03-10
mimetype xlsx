--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -842,51 +842,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>26</v>
       </c>
       <c r="C3" s="7" t="n">
@@ -912,51 +912,51 @@
       <c r="B4" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник
 8322 Водій автотранспортних засобів
 8332 Машиніст крана автомобільного</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>58</v>