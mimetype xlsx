--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -736,74 +736,74 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4112 Оператор комп'ютерної верстки</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>96</v>
       </c>
       <c r="C4" s="7" t="n">
@@ -850,74 +850,74 @@
       </c>
       <c r="B6" s="7" t="n">
         <v>77</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7241 Майстер з діагностики та налагодження електронного устаткування автомобільних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік торговельного та холодильного устаткування
 7244 Електромонтер охоронно-пожежної сигналізації</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7244 Електромонтер охоронно-пожежної сигналізації</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>8</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>