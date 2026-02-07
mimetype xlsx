--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -782,96 +782,96 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>4</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерної верстки
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>3</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7241 Майстер з діагностики та налагодження електронного устаткування автомобільних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>93</v>
       </c>
       <c r="C7" s="7" t="n">