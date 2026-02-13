--- v0 (2025-10-16)
+++ v1 (2026-02-13)
@@ -998,51 +998,51 @@
       </c>
       <c r="B3" s="7" t="n">
         <v>114</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>28</v>
       </c>