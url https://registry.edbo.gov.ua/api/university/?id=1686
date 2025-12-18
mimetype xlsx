--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -1855,167 +1855,167 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>160</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4221 Агент з організації туризму</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>80</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>170</v>
       </c>
       <c r="C9" s="8" t="n">