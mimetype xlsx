--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -1710,51 +1710,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -1855,167 +1855,167 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>160</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4221 Агент з організації туризму</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>75</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Візажист</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>154</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>170</v>
       </c>
       <c r="C9" s="8" t="n">