--- v0 (2025-10-25)
+++ v1 (2026-02-12)
@@ -33,51 +33,51 @@
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$262</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$190</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$177</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -422,92 +422,92 @@
         <is>
           <t>info@sumdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.sumdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Карпуша Василь Данилович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I190"/>
+  <dimension ref="A1:I177"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -729,124 +729,124 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -898,63 +898,63 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>16</v>
       </c>
@@ -976,51 +976,51 @@
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
@@ -1030,51 +1030,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
@@ -1096,191 +1096,191 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -1335,51 +1335,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -1405,84 +1405,84 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -1504,51 +1504,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -1574,88 +1574,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -1792,51 +1792,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -1965,348 +1965,348 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -2328,63 +2328,63 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>34</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>1</v>
       </c>
@@ -2427,51 +2427,51 @@
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -2493,150 +2493,150 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -2658,84 +2658,84 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
@@ -2790,54 +2790,54 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -2889,84 +2889,84 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -2988,54 +2988,54 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -3128,84 +3128,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
@@ -3227,51 +3227,51 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -3392,51 +3392,51 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
@@ -3535,51 +3535,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -3635,54 +3635,54 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -3767,63 +3767,63 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>11</v>
       </c>
@@ -3866,51 +3866,51 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -3998,54 +3998,54 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
@@ -4171,253 +4171,253 @@
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
@@ -4429,2494 +4429,2065 @@
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D117" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D117" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E117" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>92</v>
+        <v>404</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
-[...2 lines deleted...]
-      <c r="D132" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D132" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E132" s="6" t="n">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>81</v>
+        <v>3</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>413</v>
+        <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Маркетинг</t>
+        </is>
+      </c>
+      <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>2</v>
+        <v>101</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
+        <v>24</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G156" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H156" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
+        <v>16</v>
+      </c>
+      <c r="F159" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F159" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
-[...427 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I190"/>
+  <autoFilter ref="A1:I177"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
@@ -9516,133 +9087,133 @@
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>24613</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t>НД 1983382</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>6226</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>економіка і бізнес</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t>НД 1983385</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>38997</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика та бізнес аналітика</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>НД 1983385</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>6837</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>психологія</t>
@@ -10004,51 +9575,51 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>4044</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>менеджмент</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t>НД 1983391</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>6838</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>маркетинг</t>
@@ -10086,215 +9657,215 @@
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>6873</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t>НД 1983388</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>24635</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Електронний бізнес, фінанси та комунікації</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t>НД 1983388</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>52738</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Електронний бізнес</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t>НД 1983388</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>57971</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t>УД 19017527</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>57972</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Електронний бізнес</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t>УД 19017527</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>5089</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>право</t>
@@ -10781,51 +10352,51 @@
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>29475</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>НД 1983399</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>5618</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>металорізальні верстати та системи</t>
@@ -11925,92 +11496,92 @@
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>18462</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t>НД 1983393</t>
         </is>
       </c>
       <c r="K69" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>21563</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t>НД 1983387</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>31886</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -12179,51 +11750,51 @@
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
         <v>67391</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t>УД 19020267</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>67390</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
@@ -12265,141 +11836,141 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
         <v>79110</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
           <t>УД 19020269</t>
         </is>
       </c>
       <c r="K77" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
         <v>79111</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>УД 19020269</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
         <v>79112</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t>УД 19020269</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>67392</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -12640,133 +12211,133 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>67398</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t>УД 19020272</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>79113</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Підприємництво</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>УД 19020272</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>67400</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t>УД 19020282</t>
         </is>
       </c>
       <c r="K88" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>67401</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -13683,51 +13254,51 @@
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>67413</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
           <t>УД 19020276</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>67414</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
@@ -14011,55 +13582,55 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>29663</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="7" t="inlineStr">
         <is>
-          <t>УД 19006824</t>
+          <t>- 19641</t>
         </is>
       </c>
       <c r="I119" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J119" s="7" t="inlineStr">
         <is>
           <t>УД 19006824</t>
         </is>
       </c>
       <c r="K119" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
@@ -14336,51 +13907,51 @@
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
         <v>7232</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
           <t>облік і оподаткування</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="7" t="inlineStr">
         <is>
           <t>УД 19001408</t>
         </is>
       </c>
       <c r="I126" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D127" s="3"/>
@@ -14426,51 +13997,51 @@
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>57968</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
           <t>Фінанси</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="7" t="inlineStr">
         <is>
           <t>УД 19017534</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D129" s="3"/>
@@ -15236,51 +14807,51 @@
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
         <v>7301</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
           <t>технології машинобудування</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
           <t>УД 19001413</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D147" s="3"/>
@@ -15371,51 +14942,51 @@
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>7970</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="7" t="inlineStr">
         <is>
           <t>УД 19001414</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J149" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
@@ -15461,51 +15032,51 @@
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>5675</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
           <t>Компресори, пневмоагрегати та вакуумна техніка</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
           <t>УД 19001416</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D152" s="3"/>
@@ -15639,51 +15210,51 @@
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>31392</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
           <t>УД 19008898</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
@@ -15729,51 +15300,51 @@
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
         <v>58300</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
           <t>УД 19008898</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D158" s="3"/>
@@ -16363,54 +15934,56 @@
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
         <v>67421</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I171" s="9"/>
+          <t>- 19836</t>
+        </is>
+      </c>
+      <c r="I171" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
@@ -16420,51 +15993,51 @@
       <c r="E172" s="6" t="n">
         <v>67422</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I172" s="9"/>
       <c r="J172" s="7" t="inlineStr">
         <is>
           <t>УД 19020283</t>
         </is>
       </c>
       <c r="K172" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E173" s="6" t="n">
         <v>79125</v>
@@ -16737,97 +16310,101 @@
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
         <v>67427</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I179" s="9"/>
+          <t>УД 19001408</t>
+        </is>
+      </c>
+      <c r="I179" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J179" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
         <v>67428</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
           <t>Фінанси</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I180" s="9"/>
+          <t>УД 19017534</t>
+        </is>
+      </c>
+      <c r="I180" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
@@ -17590,101 +17167,105 @@
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D198" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E198" s="6" t="n">
         <v>79139</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I198" s="9"/>
+          <t>УД 19001414</t>
+        </is>
+      </c>
+      <c r="I198" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D199" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E199" s="6" t="n">
         <v>79140</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Компресори, пневмоагрегати та вакуумна техніка</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I199" s="9"/>
+          <t>УД 19001416</t>
+        </is>
+      </c>
+      <c r="I199" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
@@ -17909,54 +17490,56 @@
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
         <v>79136</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Сенсорна електроніка та лазерні технології</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I205" s="9"/>
+          <t>УД 19008898</t>
+        </is>
+      </c>
+      <c r="I205" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
@@ -18007,51 +17590,51 @@
       <c r="E207" s="6" t="n">
         <v>67444</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t>УД 19020289</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
         <v>67445</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
@@ -18132,54 +17715,56 @@
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
         <v>85546</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
           <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I210" s="9"/>
+          <t>УД 19001413</t>
+        </is>
+      </c>
+      <c r="I210" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">