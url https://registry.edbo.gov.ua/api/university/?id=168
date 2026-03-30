--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -32,52 +32,52 @@
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$262</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$177</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$265</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$170</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -434,80 +434,80 @@
         <is>
           <t>www.sumdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Карпуша Василь Данилович</t>
+          <t>Школьник Інна Олександрівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I177"/>
+  <dimension ref="A1:I170"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1099,51 +1099,51 @@
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>123</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>17</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
@@ -1338,51 +1338,51 @@
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -1540,51 +1540,51 @@
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
@@ -1611,51 +1611,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -1862,51 +1862,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
@@ -1998,51 +1998,51 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -2130,54 +2130,54 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -2196,84 +2196,84 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>6</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>8</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>10</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -2328,51 +2328,51 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>61</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>27</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -2505,105 +2505,105 @@
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>419</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>46</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3392,51 +3392,51 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
@@ -3803,51 +3803,51 @@
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -3869,51 +3869,51 @@
       <c r="I99" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -4001,51 +4001,51 @@
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>52</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
@@ -4429,2065 +4429,1830 @@
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F116" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>0</v>
+        <v>399</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
-[...2 lines deleted...]
-      <c r="D126" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D126" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E126" s="6" t="n">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>404</v>
+        <v>3</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="F144" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F151" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="G151" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H151" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="F156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
+        <v>23</v>
+      </c>
+      <c r="F167" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G167" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H167" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I177"/>
+  <autoFilter ref="A1:I170"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
@@ -7039,51 +6804,51 @@
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 12140</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
@@ -7197,51 +6962,51 @@
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t> 6971</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
@@ -7433,51 +7198,51 @@
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>75</v>
       </c>
       <c r="G14" s="7" t="inlineStr">
         <is>
           <t> 12145</t>
         </is>
       </c>
       <c r="H14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="3" t="inlineStr">
@@ -7632,51 +7397,51 @@
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="F19" s="6" t="n">
         <v>75</v>
       </c>
       <c r="G19" s="7" t="inlineStr">
         <is>
           <t> 6956</t>
         </is>
       </c>
       <c r="H19" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I19" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="inlineStr">
@@ -8626,51 +8391,51 @@
         <is>
           <t>PД 041121</t>
         </is>
       </c>
       <c r="D7" s="9" t="n">
         <v>46376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K262"/>
+  <dimension ref="A1:K265"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -11125,51 +10890,51 @@
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>40284</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t>- 6971</t>
         </is>
       </c>
       <c r="I60" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
@@ -12712,7326 +12477,7451 @@
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>G1</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімічні технології та інженерія</t>
+        </is>
+      </c>
+      <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>79121</v>
+        <v>88596</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Металорізальні верстати та системи</t>
+          <t>Хімічна інженерія та технології сталого розвитку</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="7" t="inlineStr">
         <is>
-          <t>УД 19020277</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K99" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>Технологічні машини та обладнання</t>
+          <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>79122</v>
+        <v>79121</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Промисловий інжиніринг</t>
+          <t>Металорізальні верстати та системи</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="7" t="inlineStr">
         <is>
-          <t>УД 19020278</t>
+          <t>УД 19020277</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E101" s="6" t="n">
-        <v>79123</v>
+        <v>79122</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Опалення, вентиляція, кондиціювання повітря та штучний холод</t>
+          <t>Промисловий інжиніринг</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="7" t="inlineStr">
         <is>
           <t>УД 19020278</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E102" s="6" t="n">
-        <v>79124</v>
+        <v>79123</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
+          <t>Опалення, вентиляція, кондиціювання повітря та штучний холод</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t>УД 19020278</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
-[...2 lines deleted...]
-      <c r="D103" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D103" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E103" s="6" t="n">
-        <v>67408</v>
+        <v>79124</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="7" t="inlineStr">
         <is>
-          <t>УД 19020281</t>
+          <t>УД 19020278</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>G22</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>67415</v>
+        <v>67408</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Біомедична інженерія та роботизовані комплекси</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I104" s="9"/>
       <c r="J104" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K104" s="9"/>
+          <t>УД 19020281</t>
+        </is>
+      </c>
+      <c r="K104" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G22</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Біомедична інженерія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>67409</v>
+        <v>67415</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Біомедична інженерія та роботизовані комплекси</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="7" t="inlineStr">
         <is>
-          <t>- 11853</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I105" s="9"/>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Електрична інженерія</t>
+        </is>
+      </c>
+      <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>79117</v>
+        <v>67409</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний інжиніринг та аудит</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="7" t="inlineStr">
         <is>
-          <t>- 13596</t>
+          <t>- 11853</t>
         </is>
       </c>
       <c r="I106" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D107" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D107" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E107" s="6" t="n">
-        <v>67410</v>
+        <v>79117</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи та компоненти</t>
+          <t>Енергетичний інжиніринг та аудит</t>
         </is>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I107" s="9"/>
+          <t>- 13596</t>
+        </is>
+      </c>
+      <c r="I107" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J107" s="7" t="inlineStr">
         <is>
-          <t>УД 19020279</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>67411</v>
+        <v>67410</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Мережеві та інтернет-технології</t>
+          <t>Електронні системи та компоненти</t>
         </is>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="7" t="inlineStr">
         <is>
-          <t>- 11854</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I108" s="9"/>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t>УД 19020279</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>79118</v>
+        <v>67411</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Електронні прилади і сенсорні системи</t>
+          <t>Мережеві та інтернет-технології</t>
         </is>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>- 11854</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J109" s="7" t="inlineStr">
         <is>
           <t>УД 19020279</t>
         </is>
       </c>
       <c r="K109" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>67412</v>
+        <v>79118</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютеризовані системи управління та робототехніка</t>
+          <t>Електронні прилади і сенсорні системи</t>
         </is>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I110" s="9"/>
       <c r="J110" s="7" t="inlineStr">
         <is>
-          <t>УД 19020280</t>
+          <t>УД 19020279</t>
         </is>
       </c>
       <c r="K110" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>67413</v>
+        <v>67412</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Прикладне матеріалознавство</t>
+          <t>Комп`ютеризовані системи управління та робототехніка</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="7" t="inlineStr">
         <is>
-          <t>УД 19020276</t>
+          <t>УД 19020280</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46752</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>67414</v>
+        <v>67413</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
+          <t>Прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="7" t="inlineStr">
         <is>
-          <t>УД 19020275</t>
+          <t>УД 19020276</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>85543</v>
+        <v>67414</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="7" t="inlineStr">
         <is>
           <t>УД 19020275</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>85544</v>
+        <v>85543</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерний інжиніринг в механіці</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t>УД 19020275</t>
         </is>
       </c>
       <c r="K114" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>67419</v>
+        <v>85544</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Комп`ютерний інжиніринг в механіці</t>
         </is>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="7" t="inlineStr">
         <is>
-          <t>- 11855</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I115" s="9"/>
       <c r="J115" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K115" s="9"/>
+          <t>УД 19020275</t>
+        </is>
+      </c>
+      <c r="K115" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>67417</v>
+        <v>67419</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Екстрена медицина</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="7" t="inlineStr">
         <is>
-          <t>- 12140</t>
+          <t>- 11855</t>
         </is>
       </c>
       <c r="I116" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J116" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>67418</v>
+        <v>67417</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Екстрена медицина</t>
         </is>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="7" t="inlineStr">
         <is>
-          <t>- 12141</t>
+          <t>- 12140</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>47300</v>
+        <v>46387</v>
       </c>
       <c r="J117" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
-[...2 lines deleted...]
-      <c r="D118" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D118" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E118" s="6" t="n">
-        <v>67420</v>
+        <v>67418</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I118" s="9"/>
+          <t>- 12141</t>
+        </is>
+      </c>
+      <c r="I118" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J118" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>29663</v>
+        <v>67420</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...6 lines deleted...]
-      </c>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="G119" s="3"/>
       <c r="H119" s="7" t="inlineStr">
         <is>
-          <t>- 19641</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I119" s="9"/>
       <c r="J119" s="7" t="inlineStr">
         <is>
-          <t>УД 19006824</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>24927</v>
+        <v>29663</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I120" s="9"/>
+          <t>- 19641</t>
+        </is>
+      </c>
+      <c r="I120" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J120" s="7" t="inlineStr">
         <is>
-          <t>НД 1983407</t>
+          <t>УД 19006824</t>
         </is>
       </c>
       <c r="K120" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D121" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D121" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E121" s="6" t="n">
-        <v>7234</v>
+        <v>24927</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I121" s="9"/>
       <c r="J121" s="7" t="inlineStr">
         <is>
-          <t>НД 1992714</t>
+          <t>НД 1983407</t>
         </is>
       </c>
       <c r="K121" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>25243</v>
+        <v>7234</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Економіка та бізнес-інновації</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
           <t>НД 1992714</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>53226</v>
+        <v>25243</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Політичні технології та аналітика</t>
+          <t>Економіка та бізнес-інновації</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="7" t="inlineStr">
         <is>
-          <t>- 6969</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I123" s="9"/>
       <c r="J123" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K123" s="9"/>
+          <t>НД 1992714</t>
+        </is>
+      </c>
+      <c r="K123" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>53225</v>
+        <v>53226</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Організаційна психологія</t>
+          <t>Політичні технології та аналітика</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t>- 6968</t>
+          <t>- 6969</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>6728</v>
+        <v>53225</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>журналістика</t>
+          <t>Організаційна психологія</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I125" s="9"/>
+          <t>- 6968</t>
+        </is>
+      </c>
+      <c r="I125" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J125" s="7" t="inlineStr">
         <is>
-          <t>НД 1992708</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>7232</v>
+        <v>6728</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>облік і оподаткування</t>
+          <t>журналістика</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="7" t="inlineStr">
         <is>
-          <t>УД 19001408</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I126" s="9"/>
       <c r="J126" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K126" s="9"/>
+          <t>НД 1992708</t>
+        </is>
+      </c>
+      <c r="K126" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>31732</v>
+        <v>7232</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Облік, аудит і оподаткування в міжнародному бізнесі</t>
+          <t>облік і оподаткування</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="7" t="inlineStr">
         <is>
-          <t>- 6967</t>
+          <t>УД 19001408</t>
         </is>
       </c>
       <c r="I127" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>57968</v>
+        <v>31732</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Фінанси</t>
+          <t>Облік, аудит і оподаткування в міжнародному бізнесі</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H128" s="7" t="inlineStr">
         <is>
-          <t>УД 19017534</t>
+          <t>- 6967</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
-        <v>46752</v>
+        <v>46204</v>
       </c>
       <c r="J128" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>7384</v>
+        <v>57968</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>менеджмент організацій і адміністрування</t>
+          <t>Фінанси</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>УД 19017534</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
-          <t>НД 1983415</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>10795</v>
+        <v>7384</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I130" s="9"/>
       <c r="J130" s="7" t="inlineStr">
         <is>
           <t>НД 1983415</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>16451</v>
+        <v>10795</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Управління проектами</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I131" s="9"/>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t>НД 1983415</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>32083</v>
+        <v>16451</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I132" s="9"/>
       <c r="J132" s="7" t="inlineStr">
         <is>
           <t>НД 1983415</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>53227</v>
+        <v>32083</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Організація і управління охороною здоров`я</t>
+          <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I133" s="9"/>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t>НД 1983415</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>6316</v>
+        <v>53227</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>маркетинг</t>
+          <t>Організація і управління охороною здоров`я</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
-          <t>НД 1992709</t>
+          <t>НД 1983415</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>57976</v>
+        <v>6316</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та логістика</t>
+          <t>маркетинг</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I135" s="9"/>
       <c r="J135" s="7" t="inlineStr">
         <is>
-          <t>УД 19017531</t>
+          <t>НД 1992709</t>
         </is>
       </c>
       <c r="K135" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>8296</v>
+        <v>57976</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>правознавство</t>
+          <t>Підприємництво, торгівля та логістика</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="7" t="inlineStr">
         <is>
-          <t>- 6965</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I136" s="9"/>
       <c r="J136" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K136" s="9"/>
+          <t>УД 19017531</t>
+        </is>
+      </c>
+      <c r="K136" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>8630</v>
+        <v>8296</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальна власність</t>
+          <t>правознавство</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="7" t="inlineStr">
         <is>
-          <t>- 6966</t>
+          <t>- 6965</t>
         </is>
       </c>
       <c r="I137" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J137" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>7235</v>
+        <v>8630</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Екологія та охорона навколишнього середовища</t>
+          <t>Інтелектуальна власність</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I138" s="9"/>
+          <t>- 6966</t>
+        </is>
+      </c>
+      <c r="I138" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J138" s="7" t="inlineStr">
         <is>
-          <t>НД 1983418</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>56745</v>
+        <v>7235</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія та охорона навколишнього середовища</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="7" t="inlineStr">
         <is>
-          <t>- 9330</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I139" s="9"/>
       <c r="J139" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K139" s="9"/>
+          <t>НД 1983418</t>
+        </is>
+      </c>
+      <c r="K139" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>35695</v>
+        <v>56745</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Наука про дані та моделювання складних систем</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="7" t="inlineStr">
         <is>
-          <t>- 6961</t>
+          <t>- 9330</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>21305</v>
+        <v>35695</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Наука про дані та моделювання складних систем</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t>- 7662</t>
+          <t>- 6961</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>21309</v>
+        <v>21305</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні технології проектування</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="7" t="inlineStr">
         <is>
-          <t>- 7660</t>
+          <t>- 7662</t>
         </is>
       </c>
       <c r="I142" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J142" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>31389</v>
+        <v>21309</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t>- 11220</t>
+          <t>- 7660</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>31390</v>
+        <v>31389</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>інформаційні технології проектування</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
-          <t>- 7661</t>
+          <t>- 11220</t>
         </is>
       </c>
       <c r="I144" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J144" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>6282</v>
+        <v>31390</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
+          <t>інформаційні технології проектування</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H145" s="7" t="inlineStr">
         <is>
-          <t>- 6960</t>
+          <t>- 7661</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J145" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>7301</v>
+        <v>6282</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>технології машинобудування</t>
+          <t>гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="7" t="inlineStr">
         <is>
-          <t>УД 19001413</t>
+          <t>- 6960</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
-        <v>46752</v>
+        <v>46935</v>
       </c>
       <c r="J146" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>24929</v>
+        <v>7301</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна механіка</t>
+          <t>технології машинобудування</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t>- 6959</t>
+          <t>УД 19001413</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>10797</v>
+        <v>24929</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>прикладне матеріалознавство</t>
+          <t>Комп'ютерна механіка</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I148" s="9"/>
+          <t>- 6959</t>
+        </is>
+      </c>
+      <c r="I148" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
-          <t>НД 1983423</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>7970</v>
+        <v>10797</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
+          <t>прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="7" t="inlineStr">
         <is>
-          <t>УД 19001414</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I149" s="9"/>
       <c r="J149" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K149" s="9"/>
+          <t>НД 1983423</t>
+        </is>
+      </c>
+      <c r="K149" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>7382</v>
+        <v>7970</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>електротехнічні системи електроспоживання</t>
+          <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="7" t="inlineStr">
         <is>
-          <t>- 6958</t>
+          <t>УД 19001414</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J150" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>5675</v>
+        <v>7382</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
+          <t>електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="7" t="inlineStr">
         <is>
-          <t>УД 19001416</t>
+          <t>- 6958</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
-        <v>46752</v>
+        <v>46204</v>
       </c>
       <c r="J151" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>6724</v>
+        <v>5675</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний менеджмент</t>
+          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="7" t="inlineStr">
         <is>
-          <t>- 6947</t>
+          <t>УД 19001416</t>
         </is>
       </c>
       <c r="I152" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
       <c r="J152" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>6227</v>
+        <v>6724</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>якість, стандартизація та сертифікація</t>
+          <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I153" s="9"/>
+          <t>- 6947</t>
+        </is>
+      </c>
+      <c r="I153" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J153" s="7" t="inlineStr">
         <is>
-          <t>НД 1992713</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>26310</v>
+        <v>6227</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Електронні інформаційні системи</t>
+          <t>якість, стандартизація та сертифікація</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I154" s="9"/>
       <c r="J154" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K154" s="9"/>
+          <t>НД 1992713</t>
+        </is>
+      </c>
+      <c r="K154" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>31392</v>
+        <v>26310</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="7" t="inlineStr">
         <is>
-          <t>УД 19008898</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I155" s="9"/>
       <c r="J155" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>58296</v>
+        <v>31392</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
           <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H156" s="7" t="inlineStr">
         <is>
-          <t>- 9649</t>
+          <t>УД 19008898</t>
         </is>
       </c>
       <c r="I156" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J156" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>58300</v>
+        <v>58296</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
-          <t>УД 19008898</t>
+          <t>- 9649</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
-        <v>46752</v>
+        <v>47665</v>
       </c>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>60218</v>
+        <v>58300</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи</t>
+          <t>Електронні інформаційні системи</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t>- 9648</t>
+          <t>УД 19008898</t>
         </is>
       </c>
       <c r="I158" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>171</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>57956</v>
+        <v>60218</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютеризовані системи управління та робототехніка</t>
+          <t>Електронні системи</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
-          <t>- 6957</t>
+          <t>- 9648</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>57981</v>
+        <v>57956</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Якість, стандартизація та сертифікація</t>
+          <t>Комп`ютеризовані системи управління та робототехніка</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I160" s="9"/>
+          <t>- 6957</t>
+        </is>
+      </c>
+      <c r="I160" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J160" s="7" t="inlineStr">
         <is>
-          <t>УД 19017532</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>21313</v>
+        <v>57981</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Якість, стандартизація та сертифікація</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 6955</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K161" s="9"/>
+          <t>УД 19017532</t>
+        </is>
+      </c>
+      <c r="K161" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>18440</v>
+        <v>21313</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t>- 6956</t>
+          <t>- 6955</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J162" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>18439</v>
+        <v>18440</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="7" t="inlineStr">
         <is>
-          <t>- 6953</t>
+          <t>- 6956</t>
         </is>
       </c>
       <c r="I163" s="9" t="n">
-        <v>46569</v>
+        <v>46387</v>
       </c>
       <c r="J163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Медицина</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>52739</v>
+        <v>18439</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 7694</t>
+          <t>- 6953</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
-        <v>57990</v>
+        <v>52739</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t>- 8687</t>
+          <t>- 7694</t>
         </is>
       </c>
       <c r="I165" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
-[...2 lines deleted...]
-      <c r="D166" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D166" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E166" s="6" t="n">
-        <v>21098</v>
+        <v>57990</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>педіатрія</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
-          <t>- 7692</t>
+          <t>- 8687</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>49411</v>
+        <v>21098</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>педіатрія</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
-          <t>- 6952</t>
+          <t>- 7692</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
-        <v>46935</v>
+        <v>47300</v>
       </c>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>19306</v>
+        <v>49411</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>адміністративний менеджмент</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I168" s="9"/>
+          <t>- 6952</t>
+        </is>
+      </c>
+      <c r="I168" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J168" s="7" t="inlineStr">
         <is>
-          <t>НД 1992712</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>20867</v>
+        <v>19306</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>державна служба</t>
+          <t>адміністративний менеджмент</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t>НД 1992712</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>20498</v>
+        <v>20867</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>міжнародний бізнес</t>
+          <t>державна служба</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I170" s="9"/>
       <c r="J170" s="7" t="inlineStr">
         <is>
-          <t>НД 1983411</t>
+          <t>НД 1992712</t>
         </is>
       </c>
       <c r="K170" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>67421</v>
+        <v>20498</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>міжнародний бізнес</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
-          <t>- 19836</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I171" s="9"/>
       <c r="J171" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K171" s="9"/>
+          <t>НД 1983411</t>
+        </is>
+      </c>
+      <c r="K171" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>67422</v>
+        <v>67421</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I172" s="9"/>
+          <t>- 19836</t>
+        </is>
+      </c>
+      <c r="I172" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J172" s="7" t="inlineStr">
         <is>
-          <t>УД 19020283</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E173" s="6" t="n">
-        <v>79125</v>
+        <v>67422</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Економічна кібернетика</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I173" s="9"/>
       <c r="J173" s="7" t="inlineStr">
         <is>
-          <t>УД 19021377</t>
+          <t>УД 19020283</t>
         </is>
       </c>
       <c r="K173" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E174" s="6" t="n">
-        <v>79126</v>
+        <v>79125</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Економіка та інновації</t>
+          <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t>УД 19021377</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E175" s="6" t="n">
-        <v>79127</v>
+        <v>79126</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка та міжнародний менеджмент</t>
+          <t>Економіка та інновації</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="7" t="inlineStr">
         <is>
           <t>УД 19021377</t>
         </is>
       </c>
       <c r="K175" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D176" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D176" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E176" s="6" t="n">
-        <v>67424</v>
+        <v>79127</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Політичні технології та аналітика</t>
+          <t>Міжнародна економіка та міжнародний менеджмент</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t>- 18663</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I176" s="9"/>
       <c r="J176" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K176" s="9"/>
+          <t>УД 19021377</t>
+        </is>
+      </c>
+      <c r="K176" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>67425</v>
+        <v>67424</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Організаційна психологія</t>
+          <t>Політичні технології та аналітика</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t>- 11856</t>
+          <t>- 18663</t>
         </is>
       </c>
       <c r="I177" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J177" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>67426</v>
+        <v>67425</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Організаційна психологія</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 11856</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J178" s="7" t="inlineStr">
         <is>
-          <t>УД 19020285</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>67427</v>
+        <v>67426</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
-          <t>УД 19001408</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K179" s="9"/>
+          <t>УД 19020285</t>
+        </is>
+      </c>
+      <c r="K179" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>67428</v>
+        <v>67427</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Фінанси</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
-          <t>УД 19017534</t>
+          <t>УД 19001408</t>
         </is>
       </c>
       <c r="I180" s="9" t="n">
         <v>46752</v>
       </c>
       <c r="J180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>67429</v>
+        <v>67428</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Бізнес-адміністрування</t>
+          <t>Фінанси</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I181" s="9"/>
+          <t>УД 19017534</t>
+        </is>
+      </c>
+      <c r="I181" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J181" s="7" t="inlineStr">
         <is>
-          <t>УД 19020286</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>67430</v>
+        <v>67429</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування</t>
+          <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I182" s="9"/>
       <c r="J182" s="7" t="inlineStr">
         <is>
           <t>УД 19020286</t>
         </is>
       </c>
       <c r="K182" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>67431</v>
+        <v>67430</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Управління проектами</t>
+          <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
           <t>УД 19020286</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>79128</v>
+        <v>67431</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Управління медичними закладами</t>
+          <t>Управління проектами</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I184" s="9"/>
       <c r="J184" s="7" t="inlineStr">
         <is>
           <t>УД 19020286</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>67432</v>
+        <v>79128</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Державна служба</t>
+          <t>Управління медичними закладами</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
-          <t>УД 19020290</t>
+          <t>УД 19020286</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>79129</v>
+        <v>67432</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Державна служба</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
           <t>УД 19020290</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>67433</v>
+        <v>79129</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I187" s="9"/>
       <c r="J187" s="7" t="inlineStr">
         <is>
-          <t>УД 19020287</t>
+          <t>УД 19020290</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>67434</v>
+        <v>67433</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Правознавство</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
-          <t>- 12144</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I188" s="9"/>
       <c r="J188" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K188" s="9"/>
+          <t>УД 19020287</t>
+        </is>
+      </c>
+      <c r="K188" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>67435</v>
+        <v>67434</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальна власність</t>
+          <t>Правознавство</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
-          <t>- 12143</t>
+          <t>- 12144</t>
         </is>
       </c>
       <c r="I189" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>67436</v>
+        <v>67435</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Медичне право</t>
+          <t>Інтелектуальна власність</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I190" s="9"/>
+          <t>- 12143</t>
+        </is>
+      </c>
+      <c r="I190" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J190" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>79130</v>
+        <v>67436</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Медичне право</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I191" s="9"/>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t>УД 19020288</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>67437</v>
+        <v>79130</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t>- 11857</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I192" s="9"/>
       <c r="J192" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K192" s="9"/>
+          <t>УД 19020288</t>
+        </is>
+      </c>
+      <c r="K192" s="9" t="n">
+        <v>46569</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>79131</v>
+        <v>67437</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальний аналіз даних та математичне моделювання</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t>- 12488</t>
+          <t>- 11857</t>
         </is>
       </c>
       <c r="I193" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>67438</v>
+        <v>79131</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Інтелектуальний аналіз даних та математичне моделювання</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t>- 11858</t>
+          <t>- 12488</t>
         </is>
       </c>
       <c r="I194" s="9" t="n">
-        <v>47300</v>
+        <v>46204</v>
       </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>67439</v>
+        <v>67438</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t>- 12483</t>
+          <t>- 11858</t>
         </is>
       </c>
       <c r="I195" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>79132</v>
+        <v>67439</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології проєктування</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 12490</t>
+          <t>- 12483</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>79133</v>
+        <v>79132</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології проєктування</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
-          <t>- 12489</t>
+          <t>- 12490</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>79139</v>
+        <v>79133</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
+          <t>Цифрові технології проєктування</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>УД 19001414</t>
+          <t>- 12489</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46752</v>
+        <v>47300</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
-[...6 lines deleted...]
-      </c>
+          <t>Кібербезпека та захист інформації</t>
+        </is>
+      </c>
+      <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>79140</v>
+        <v>88530</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>УД 19001416</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
-[...2 lines deleted...]
-      <c r="D200" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D200" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E200" s="6" t="n">
-        <v>67440</v>
+        <v>79139</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Обладнання хімічних виробництв і підприємств будівельних матеріалів</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t>- 11863</t>
+          <t>УД 19001414</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
-[...2 lines deleted...]
-      <c r="D201" s="3"/>
+          <t>Машинобудування</t>
+        </is>
+      </c>
+      <c r="D201" s="3" t="inlineStr">
+        <is>
+          <t>Технологічні машини та обладнання</t>
+        </is>
+      </c>
       <c r="E201" s="6" t="n">
-        <v>67441</v>
+        <v>79140</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Електротехнічні системи електроспоживання</t>
+          <t>Компресори, пневмоагрегати та вакуумна техніка</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 11860</t>
+          <t>УД 19001416</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Технології захисту навколишнього середовища</t>
+        </is>
+      </c>
+      <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>79134</v>
+        <v>67440</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Енергетичний інжиніринг та аудит</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t>- 13597</t>
+          <t>- 11863</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>67442</v>
+        <v>67441</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Електронні системи</t>
+          <t>Електротехнічні системи електроспоживання</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>- 11861</t>
+          <t>- 11860</t>
         </is>
       </c>
       <c r="I203" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
-[...2 lines deleted...]
-      <c r="D204" s="3"/>
+          <t>Енерговиробництво</t>
+        </is>
+      </c>
+      <c r="D204" s="3" t="inlineStr">
+        <is>
+          <t>Теплоенергетика</t>
+        </is>
+      </c>
       <c r="E204" s="6" t="n">
-        <v>79135</v>
+        <v>79134</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Електронні прилади і сенсорні системи</t>
+          <t>Енергетичний інжиніринг та аудит</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
-          <t>- 12492</t>
+          <t>- 13597</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>79136</v>
+        <v>67442</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Сенсорна електроніка та лазерні технології</t>
+          <t>Електронні системи</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t>УД 19008898</t>
+          <t>- 11861</t>
         </is>
       </c>
       <c r="I205" s="9" t="n">
-        <v>46752</v>
+        <v>47665</v>
       </c>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>67443</v>
+        <v>79135</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютеризовані системи управління та робототехніка</t>
+          <t>Електронні прилади і сенсорні системи</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t>- 11862</t>
+          <t>- 12492</t>
         </is>
       </c>
       <c r="I206" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>67444</v>
+        <v>79136</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Прикладне матеріалознавство</t>
+          <t>Сенсорна електроніка та лазерні технології</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I207" s="9"/>
+          <t>УД 19008898</t>
+        </is>
+      </c>
+      <c r="I207" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J207" s="7" t="inlineStr">
         <is>
-          <t>УД 19020289</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>67445</v>
+        <v>67443</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
+          <t>Комп`ютеризовані системи управління та робототехніка</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 11859</t>
+          <t>- 11862</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J208" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>79138</v>
+        <v>67444</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Обчислювальна механіка</t>
+          <t>Прикладне матеріалознавство</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t>- 12491</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I209" s="9"/>
       <c r="J209" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K209" s="9"/>
+          <t>УД 19020289</t>
+        </is>
+      </c>
+      <c r="K209" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>85546</v>
+        <v>67445</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Технології машинобудування</t>
+          <t>Гідравлічні машини, гідроприводи та гідропневмоавтоматика</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t>УД 19001413</t>
+          <t>- 11859</t>
         </is>
       </c>
       <c r="I210" s="9" t="n">
-        <v>46752</v>
+        <v>46935</v>
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>67446</v>
+        <v>79138</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Обчислювальна механіка</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
-          <t>- 12145</t>
+          <t>- 12491</t>
         </is>
       </c>
       <c r="I211" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>67447</v>
+        <v>85546</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Технології машинобудування</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>- 12146</t>
+          <t>УД 19001413</t>
         </is>
       </c>
       <c r="I212" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J212" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>67448</v>
+        <v>67446</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t>- 12148</t>
+          <t>- 12145</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
-        <v>47300</v>
+        <v>46387</v>
       </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>67449</v>
+        <v>88636</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>- 12147</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>I9</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров'я</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>67450</v>
+        <v>67447</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
-          <t>- 11864</t>
+          <t>- 12146</t>
         </is>
       </c>
       <c r="I215" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>25627</v>
+        <v>67448</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="G216" s="3"/>
+          <t>Педіатрія</t>
+        </is>
+      </c>
+      <c r="G216" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I216" s="9"/>
+          <t>- 12148</t>
+        </is>
+      </c>
+      <c r="I216" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D217" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D217" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E217" s="6" t="n">
-        <v>20727</v>
+        <v>67449</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>філософія</t>
-[...2 lines deleted...]
-      <c r="G217" s="3"/>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
+      <c r="G217" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I217" s="9"/>
+          <t>- 12147</t>
+        </is>
+      </c>
+      <c r="I217" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>I9</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>56279</v>
+        <v>67450</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t>- 16412</t>
+          <t>- 11864</t>
         </is>
       </c>
       <c r="I218" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J218" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>20749</v>
+        <v>25627</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>економіка</t>
+          <t>фізична культура і спорт</t>
         </is>
       </c>
       <c r="G219" s="3"/>
       <c r="H219" s="7" t="inlineStr">
         <is>
-          <t>- 7072</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>20728</v>
+        <v>20727</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>журналістика</t>
+          <t>філософія</t>
         </is>
       </c>
       <c r="G220" s="3"/>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t>- 6942</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>29204</v>
+        <v>56279</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I221" s="9"/>
+          <t>- 16412</t>
+        </is>
+      </c>
+      <c r="I221" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>40799</v>
+        <v>20749</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
-[...6 lines deleted...]
-      </c>
+          <t>економіка</t>
+        </is>
+      </c>
+      <c r="G222" s="3"/>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 6943</t>
+          <t>- 7072</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>57969</v>
+        <v>20728</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
-[...6 lines deleted...]
-      </c>
+          <t>журналістика</t>
+        </is>
+      </c>
+      <c r="G223" s="3"/>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t>- 6943</t>
+          <t>- 6942</t>
         </is>
       </c>
       <c r="I223" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>40803</v>
+        <v>29204</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
-          <t>- 6944</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>20762</v>
+        <v>40799</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>маркетинг</t>
-[...2 lines deleted...]
-      <c r="G225" s="3"/>
+          <t>Фінанси, банківська справа та страхування</t>
+        </is>
+      </c>
+      <c r="G225" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 9609</t>
+          <t>- 6943</t>
         </is>
       </c>
       <c r="I225" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>40804</v>
+        <v>57969</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t>- 6941</t>
+          <t>- 6943</t>
         </is>
       </c>
       <c r="I226" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>57978</v>
+        <v>40803</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 6941</t>
+          <t>- 6944</t>
         </is>
       </c>
       <c r="I227" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>20741</v>
+        <v>20762</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>право</t>
+          <t>маркетинг</t>
         </is>
       </c>
       <c r="G228" s="3"/>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 6940</t>
+          <t>- 9609</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>20729</v>
+        <v>40804</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>біологія</t>
-[...2 lines deleted...]
-      <c r="G229" s="3"/>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
+        </is>
+      </c>
+      <c r="G229" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 6939</t>
+          <t>- 6941</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>57982</v>
+        <v>57978</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t>- 6939</t>
+          <t>- 6941</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>48379</v>
+        <v>20741</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
-[...6 lines deleted...]
-      </c>
+          <t>право</t>
+        </is>
+      </c>
+      <c r="G231" s="3"/>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I231" s="9"/>
+          <t>- 6940</t>
+        </is>
+      </c>
+      <c r="I231" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>20725</v>
+        <v>20729</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>прикладна фізика та наноматеріали</t>
+          <t>біологія</t>
         </is>
       </c>
       <c r="G232" s="3"/>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 6962</t>
+          <t>- 6939</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>25599</v>
+        <v>57982</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки та інформаційні технології</t>
-[...2 lines deleted...]
-      <c r="G233" s="3"/>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="G233" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
-          <t>- 6938</t>
+          <t>- 6939</t>
         </is>
       </c>
       <c r="I233" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K233" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>20743</v>
+        <v>48379</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
-[...2 lines deleted...]
-      <c r="G234" s="3"/>
+          <t>Фізика</t>
+        </is>
+      </c>
+      <c r="G234" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I234" s="9"/>
       <c r="J234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K234" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>20744</v>
+        <v>20725</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>галузеве машинобудування</t>
+          <t>прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G235" s="3"/>
       <c r="H235" s="7" t="inlineStr">
         <is>
-          <t>- 9629</t>
+          <t>- 6962</t>
         </is>
       </c>
       <c r="I235" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>20746</v>
+        <v>25599</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>метрологія та інформаційно-вимірювальна техніка</t>
+          <t>Комп'ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="G236" s="3"/>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I236" s="9"/>
+          <t>- 6938</t>
+        </is>
+      </c>
+      <c r="I236" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>20747</v>
+        <v>20743</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>хімічні технології та інженерія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G237" s="3"/>
       <c r="H237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I237" s="9"/>
       <c r="J237" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K237" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>58301</v>
+        <v>20744</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
-[...6 lines deleted...]
-      </c>
+          <t>галузеве машинобудування</t>
+        </is>
+      </c>
+      <c r="G238" s="3"/>
       <c r="H238" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I238" s="9"/>
+          <t>- 9629</t>
+        </is>
+      </c>
+      <c r="I238" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>152</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>20748</v>
+        <v>20746</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>технології захисту навколишнього середовища</t>
+          <t>метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="G239" s="3"/>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t>- 6933</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K239" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>30002</v>
+        <v>20747</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>хімічні технології та інженерія</t>
+        </is>
+      </c>
+      <c r="G240" s="3"/>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t>- 6934</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I240" s="9"/>
       <c r="J240" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>46783</v>
+        <v>58301</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
-          <t>- 6936</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I241" s="9"/>
       <c r="J241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K241" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>30001</v>
+        <v>20748</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
-[...6 lines deleted...]
-      </c>
+          <t>технології захисту навколишнього середовища</t>
+        </is>
+      </c>
+      <c r="G242" s="3"/>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I242" s="9"/>
+          <t>- 6933</t>
+        </is>
+      </c>
+      <c r="I242" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J242" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K242" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>67451</v>
+        <v>30002</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I243" s="9"/>
+          <t>- 6934</t>
+        </is>
+      </c>
+      <c r="I243" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>67452</v>
+        <v>46783</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I244" s="9"/>
+          <t>- 6936</t>
+        </is>
+      </c>
+      <c r="I244" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K244" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>67453</v>
+        <v>30001</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t>- 17486</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I245" s="9"/>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>79141</v>
+        <v>67451</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
-          <t>- 11865</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I246" s="9"/>
       <c r="J246" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K246" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>67455</v>
+        <v>67452</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
-          <t>- 11866</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I247" s="9"/>
       <c r="J247" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K247" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>67456</v>
+        <v>67453</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I248" s="9"/>
+          <t>- 17486</t>
+        </is>
+      </c>
+      <c r="I248" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K248" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>67457</v>
+        <v>79141</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
-          <t>- 11867</t>
+          <t>- 11865</t>
         </is>
       </c>
       <c r="I249" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K249" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>67458</v>
+        <v>67455</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
-          <t>- 11868</t>
+          <t>- 11866</t>
         </is>
       </c>
       <c r="I250" s="9" t="n">
-        <v>47300</v>
+        <v>46569</v>
       </c>
       <c r="J250" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K250" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>79143</v>
+        <v>67456</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I251" s="9"/>
       <c r="J251" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>67459</v>
+        <v>67457</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
-          <t>- 11869</t>
+          <t>- 11867</t>
         </is>
       </c>
       <c r="I252" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J252" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K252" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>77525</v>
+        <v>67458</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t>- 12149</t>
+          <t>- 11868</t>
         </is>
       </c>
       <c r="I253" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J253" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K253" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>67461</v>
+        <v>79143</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 11870</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I254" s="9"/>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>E6</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>67462</v>
+        <v>67459</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H255" s="7" t="inlineStr">
         <is>
-          <t>- 11871</t>
+          <t>- 11869</t>
         </is>
       </c>
       <c r="I255" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>79144</v>
+        <v>77525</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G256" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H256" s="7" t="inlineStr">
         <is>
-          <t>- 12493</t>
+          <t>- 12149</t>
         </is>
       </c>
       <c r="I256" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J256" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>79146</v>
+        <v>67461</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G257" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H257" s="7" t="inlineStr">
         <is>
-          <t>- 11872</t>
+          <t>- 11870</t>
         </is>
       </c>
       <c r="I257" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J257" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K257" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>67463</v>
+        <v>67462</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
-          <t>- 11873</t>
+          <t>- 11871</t>
         </is>
       </c>
       <c r="I258" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K258" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>67464</v>
+        <v>79144</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I259" s="9"/>
+          <t>- 12493</t>
+        </is>
+      </c>
+      <c r="I259" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J259" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K259" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>67465</v>
+        <v>79146</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H260" s="7" t="inlineStr">
         <is>
-          <t>- 12150</t>
+          <t>- 11872</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J260" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>67466</v>
+        <v>67463</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G261" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H261" s="7" t="inlineStr">
         <is>
-          <t>- 12151</t>
+          <t>- 11873</t>
         </is>
       </c>
       <c r="I261" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J261" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>67467</v>
+        <v>67464</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I262" s="9"/>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B263" s="7" t="inlineStr">
+        <is>
+          <t>I1</t>
+        </is>
+      </c>
+      <c r="C263" s="3" t="inlineStr">
+        <is>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="D263" s="3"/>
+      <c r="E263" s="6" t="n">
+        <v>67465</v>
+      </c>
+      <c r="F263" s="3" t="inlineStr">
+        <is>
+          <t>Стоматологія</t>
+        </is>
+      </c>
+      <c r="G263" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H263" s="7" t="inlineStr">
+        <is>
+          <t>- 12150</t>
+        </is>
+      </c>
+      <c r="I263" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="J263" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K263" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B264" s="7" t="inlineStr">
+        <is>
+          <t>I2</t>
+        </is>
+      </c>
+      <c r="C264" s="3" t="inlineStr">
+        <is>
+          <t>Медицина</t>
+        </is>
+      </c>
+      <c r="D264" s="3"/>
+      <c r="E264" s="6" t="n">
+        <v>67466</v>
+      </c>
+      <c r="F264" s="3" t="inlineStr">
+        <is>
+          <t>Медицина</t>
+        </is>
+      </c>
+      <c r="G264" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H264" s="7" t="inlineStr">
+        <is>
+          <t>- 12151</t>
+        </is>
+      </c>
+      <c r="I264" s="9" t="n">
+        <v>46569</v>
+      </c>
+      <c r="J264" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K264" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B265" s="7" t="inlineStr">
+        <is>
+          <t>I3</t>
+        </is>
+      </c>
+      <c r="C265" s="3" t="inlineStr">
+        <is>
+          <t>Педіатрія</t>
+        </is>
+      </c>
+      <c r="D265" s="3"/>
+      <c r="E265" s="6" t="n">
+        <v>67467</v>
+      </c>
+      <c r="F265" s="3" t="inlineStr">
+        <is>
+          <t>Педіатрія</t>
+        </is>
+      </c>
+      <c r="G265" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H265" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I265" s="9"/>
+      <c r="J265" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K265" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K262"/>
+  <autoFilter ref="A1:K265"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>