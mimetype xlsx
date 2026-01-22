--- v0 (2025-10-19)
+++ v1 (2026-01-22)
@@ -922,256 +922,256 @@
       <c r="B4" s="7" t="n">
         <v>7</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 8251 Друкар офсетного плоского друкування
 7345 Палітурник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>1</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>2</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8155 Оператор заправних станцій</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>7345 Палітурник
 8251 Друкар офсетного плоского друкування
 4112 Оператор комп'ютерного набору</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>6</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>7422 Столяр
 7331 Виробник художніх виробів з дерева</t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E14" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>