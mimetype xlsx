--- v1 (2026-01-22)
+++ v2 (2026-03-09)
@@ -944,164 +944,164 @@
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>67</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>1</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>65</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>10</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>2</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8155 Оператор заправних станцій</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>72</v>
       </c>
       <c r="C12" s="7" t="n">