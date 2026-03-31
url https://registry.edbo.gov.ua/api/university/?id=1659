--- v0 (2025-11-03)
+++ v1 (2026-03-31)
@@ -360,77 +360,69 @@
         <is>
           <t>с-ще Добротвір</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Сагайдачного, 3</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0325431130</t>
+          <t>80325431130;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Гречаник Оксана Ярославівна</t>
         </is>
       </c>
     </row>
@@ -879,96 +871,96 @@
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>16</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Газорізальник</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>15</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>