--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -2356,51 +2356,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -2422,84 +2422,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
@@ -2598,98 +2598,98 @@
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>25</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>83</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>12</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -2735,51 +2735,51 @@
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>57</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>