--- v1 (2025-12-05)
+++ v2 (2026-01-31)
@@ -2389,150 +2389,150 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2576,120 +2576,120 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>12</v>
       </c>
       <c r="C6" s="8" t="n">
@@ -2735,51 +2735,51 @@
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>57</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>