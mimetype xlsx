--- v2 (2026-01-31)
+++ v3 (2026-03-19)
@@ -2422,117 +2422,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -2598,51 +2598,51 @@
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>24</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>81</v>
       </c>
@@ -2668,51 +2668,51 @@
       </c>
       <c r="B5" s="8" t="n">
         <v>49</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>21</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>