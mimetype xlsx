--- v0 (2025-12-16)
+++ v1 (2026-02-08)
@@ -2821,84 +2821,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
@@ -2980,51 +2980,51 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>25</v>
       </c>
@@ -3119,51 +3119,51 @@
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>55</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7412 Пекар
 5122 Кухар</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>79</v>
       </c>
       <c r="C9" s="8" t="n">
@@ -3190,51 +3190,51 @@
       <c r="B10" s="8" t="n">
         <v>51</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8340 Моторист (машиніст)
 8340 Матрос
 7241 Електрик судновий</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8340 Матрос
 8340 Моторист (машиніст)
 7241 Електрик судновий</t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>31</v>
       </c>