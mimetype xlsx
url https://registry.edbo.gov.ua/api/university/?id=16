--- v0 (2025-10-28)
+++ v1 (2026-02-10)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$110</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$61</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1771,51 +1771,51 @@
       </c>
       <c r="K17" s="9"/>
       <c r="L17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 17.03.2017 № 51-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K109"/>
+  <dimension ref="A1:K110"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -4218,2256 +4218,2299 @@
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t>- 14692</t>
         </is>
       </c>
       <c r="I59" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>78536</v>
+        <v>88409</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Штучний інтелект та аналітика даних</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
-          <t>- 14693</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>84697</v>
+        <v>78536</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Технологія продукції ресторанного господарства</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I61" s="9"/>
+          <t>- 14693</t>
+        </is>
+      </c>
+      <c r="I61" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>78537</v>
+        <v>84697</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Технологія продукції ресторанного господарства</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
-          <t>- 15611</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>78544</v>
+        <v>78537</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
-          <t>- 14694</t>
+          <t>- 15611</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>78545</v>
+        <v>78544</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Медичний та оздоровчий туризм</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="7" t="inlineStr">
         <is>
-          <t>- 14695</t>
+          <t>- 14694</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>84698</v>
+        <v>78545</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Управління туризмом та івент-технологіями</t>
+          <t>Медичний та оздоровчий туризм</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>- 14695</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>916</v>
+        <v>84698</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Міжнародна економіка</t>
-[...6 lines deleted...]
-      </c>
+          <t>Управління туризмом та івент-технологіями</t>
+        </is>
+      </c>
+      <c r="G66" s="3"/>
       <c r="H66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>64306</v>
+        <v>916</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Економіка бізнесу</t>
+          <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>915</v>
+        <v>64306</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка бізнесу</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
-          <t>- 6891</t>
+          <t>- 19650</t>
         </is>
       </c>
       <c r="I68" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>881</v>
+        <v>915</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I69" s="9"/>
+          <t>- 6891</t>
+        </is>
+      </c>
+      <c r="I69" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
-          <t>НІ 1485958</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>60074</v>
+        <v>881</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Управління фінансово-економічною безпекою</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="7" t="inlineStr">
         <is>
-          <t>УП 14017987</t>
+          <t>НІ 1485958</t>
         </is>
       </c>
       <c r="K70" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>60509</v>
+        <v>60074</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Управління фінансово-економічною безпекою</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t>- 7282</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I71" s="9"/>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УП 14017987</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>561</v>
+        <v>60509</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Управління фінансово-економічною безпекою</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I72" s="9"/>
+          <t>- 7282</t>
+        </is>
+      </c>
+      <c r="I72" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
-          <t>НІ 1485961</t>
+          <t>УП 14017987</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>594</v>
+        <v>561</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Управління фінансово-економічною безпекою</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="7" t="inlineStr">
         <is>
-          <t>- 6709</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t>НІ 1485961</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>46</v>
+        <v>594</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t>- 4302</t>
+          <t>- 6709</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
-        <v>48761</v>
+        <v>47300</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K74" s="9"/>
+          <t>НІ 1485961</t>
+        </is>
+      </c>
+      <c r="K74" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та експертиза в митній справі</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I75" s="9"/>
+          <t>- 4302</t>
+        </is>
+      </c>
+      <c r="I75" s="9" t="n">
+        <v>48761</v>
+      </c>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>595</v>
+        <v>80</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та комерційна діяльність</t>
+          <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>60075</v>
+        <v>595</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Логістика та менеджмент продажів</t>
+          <t>Товарознавство та комерційна діяльність</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>60507</v>
+        <v>60075</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та комерційна діяльність</t>
+          <t>Логістика та менеджмент продажів</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t>- 7280</t>
+          <t>- 19506</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>60508</v>
+        <v>60507</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та експертиза в митній справі</t>
+          <t>Товарознавство та комерційна діяльність</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
-          <t>- 7281</t>
+          <t>- 7280</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>1004</v>
+        <v>60508</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t>- 4301</t>
+          <t>- 7281</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
-        <v>48761</v>
+        <v>47300</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>19722</v>
+        <v>1004</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H81" s="7" t="inlineStr">
         <is>
-          <t>- 6783</t>
+          <t>- 4301</t>
         </is>
       </c>
       <c r="I81" s="9" t="n">
-        <v>47300</v>
+        <v>48761</v>
       </c>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>945</v>
+        <v>19722</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="7" t="inlineStr">
         <is>
-          <t>- 6242</t>
+          <t>- 6783</t>
         </is>
       </c>
       <c r="I82" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>34659</v>
+        <v>945</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
-          <t>- 5872</t>
+          <t>- 6242</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>60506</v>
+        <v>34659</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="7" t="inlineStr">
         <is>
           <t>- 5872</t>
         </is>
       </c>
       <c r="I84" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>20600</v>
+        <v>60506</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="7" t="inlineStr">
         <is>
-          <t>- 4300</t>
+          <t>- 5872</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>48761</v>
+        <v>46204</v>
       </c>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>83912</v>
+        <v>20600</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Економіка підприємництва</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I86" s="9"/>
+          <t>- 4300</t>
+        </is>
+      </c>
+      <c r="I86" s="9" t="n">
+        <v>48761</v>
+      </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>79328</v>
+        <v>83912</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка підприємництва</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="7" t="inlineStr">
         <is>
-          <t>- 14696</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I87" s="9"/>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
-[...2 lines deleted...]
-      <c r="D88" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D88" s="3" t="inlineStr">
+        <is>
+          <t>Міжнародні економічні відносини</t>
+        </is>
+      </c>
       <c r="E88" s="6" t="n">
-        <v>79330</v>
+        <v>79328</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="7" t="inlineStr">
         <is>
-          <t>- 14697</t>
+          <t>- 14696</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
-        <v>47300</v>
+        <v>48761</v>
       </c>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>79332</v>
+        <v>79330</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="7" t="inlineStr">
         <is>
-          <t>- 14698</t>
+          <t>- 14697</t>
         </is>
       </c>
       <c r="I89" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>79334</v>
+        <v>79332</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
-          <t>- 14699</t>
+          <t>- 14698</t>
         </is>
       </c>
       <c r="I90" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>79335</v>
+        <v>79334</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
-          <t>- 14700</t>
+          <t>- 14699</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
-        <v>48761</v>
+        <v>47300</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>79336</v>
+        <v>79335</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та комерційна діяльність</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>- 14702</t>
+          <t>- 14700</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
-        <v>47300</v>
+        <v>48761</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>79337</v>
+        <v>79336</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та експертиза в митній справі</t>
+          <t>Товарознавство та комерційна діяльність</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t>- 14701</t>
+          <t>- 14702</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>84700</v>
+        <v>79337</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Логістика та торговельний бізнес</t>
+          <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H94" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I94" s="9"/>
+          <t>- 14701</t>
+        </is>
+      </c>
+      <c r="I94" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>77862</v>
+        <v>84700</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Логістика та торговельний бізнес</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H95" s="7" t="inlineStr">
         <is>
-          <t>- 14703</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I95" s="9"/>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>66996</v>
+        <v>77862</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I96" s="9"/>
+          <t>- 14703</t>
+        </is>
+      </c>
+      <c r="I96" s="9" t="n">
+        <v>48761</v>
+      </c>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>79338</v>
+        <v>66996</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H97" s="7" t="inlineStr">
         <is>
-          <t>- 14704</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I97" s="9"/>
       <c r="J97" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K97" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>79339</v>
+        <v>79338</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H98" s="7" t="inlineStr">
         <is>
-          <t>- 14705</t>
+          <t>- 14704</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J98" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>79340</v>
+        <v>79339</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H99" s="7" t="inlineStr">
         <is>
-          <t>- 14706</t>
+          <t>- 14705</t>
         </is>
       </c>
       <c r="I99" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J99" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K99" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>51952</v>
+        <v>79340</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="7" t="inlineStr">
         <is>
-          <t>- 4111</t>
+          <t>- 14706</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>55271</v>
+        <v>51952</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H101" s="7" t="inlineStr">
         <is>
-          <t>- 5018</t>
+          <t>- 4111</t>
         </is>
       </c>
       <c r="I101" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J101" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>64071</v>
+        <v>55271</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H102" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I102" s="9"/>
+          <t>- 5018</t>
+        </is>
+      </c>
+      <c r="I102" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>55273</v>
+        <v>64071</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t>- 5873</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I103" s="9"/>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>62341</v>
+        <v>55273</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H104" s="7" t="inlineStr">
         <is>
           <t>- 5873</t>
         </is>
       </c>
       <c r="I104" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>55274</v>
+        <v>62341</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H105" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I105" s="9"/>
+          <t>- 5873</t>
+        </is>
+      </c>
+      <c r="I105" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>86758</v>
+        <v>55274</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H106" s="7" t="inlineStr">
         <is>
-          <t>- 18701</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I106" s="9"/>
       <c r="J106" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>86568</v>
+        <v>86758</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 18702</t>
+          <t>- 18701</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>86571</v>
+        <v>86568</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H108" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I108" s="9"/>
+          <t>- 18702</t>
+        </is>
+      </c>
+      <c r="I108" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J108" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K108" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
+        <v>86571</v>
+      </c>
+      <c r="F109" s="3" t="inlineStr">
+        <is>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+        </is>
+      </c>
+      <c r="G109" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H109" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I109" s="9"/>
+      <c r="J109" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K109" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B110" s="7" t="inlineStr">
+        <is>
+          <t>D7</t>
+        </is>
+      </c>
+      <c r="C110" s="3" t="inlineStr">
+        <is>
+          <t>Торгівля</t>
+        </is>
+      </c>
+      <c r="D110" s="3"/>
+      <c r="E110" s="6" t="n">
         <v>86569</v>
       </c>
-      <c r="F109" s="3" t="inlineStr">
+      <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
-      <c r="G109" s="3" t="inlineStr">
+      <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H109" s="7" t="inlineStr">
+      <c r="H110" s="7" t="inlineStr">
         <is>
           <t>- 18703</t>
         </is>
       </c>
-      <c r="I109" s="9" t="n">
+      <c r="I110" s="9" t="n">
         <v>46935</v>
       </c>
-      <c r="J109" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K109" s="9"/>
+      <c r="J110" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K110" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K109"/>
+  <autoFilter ref="A1:K110"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -6565,51 +6608,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -6631,120 +6674,120 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>67</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -6763,54 +6806,54 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -6895,54 +6938,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -6964,51 +7007,51 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -7027,54 +7070,54 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -7093,348 +7136,348 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -7456,91 +7499,91 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F31" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -7629,51 +7672,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -7728,84 +7771,84 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -7827,51 +7870,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -7893,87 +7936,87 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -8025,216 +8068,216 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
@@ -8358,51 +8401,51 @@
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -8424,114 +8467,114 @@
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I61"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>