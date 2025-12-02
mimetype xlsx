--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -514,51 +514,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>144</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2021 № 53-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -636,51 +636,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>6.020103</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>музейна справа та охорона пам’яток історії та культури</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2252,51 +2252,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>