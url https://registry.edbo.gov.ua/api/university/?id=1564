--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -1608,231 +1608,231 @@
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>56093</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн і реклама</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НІ 1493023</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>26505</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t>НІ 1493023</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>53385</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t>НІ 1493023</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>26507</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t>НІ 1493023</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>53386</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Дизайн зачіски</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t>НІ 1493023</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>21139</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент готельно-ресторанного і туристичного бізнесу</t>
@@ -1950,51 +1950,51 @@
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>15935</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t>НІ 1493024</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>15834</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
@@ -2036,92 +2036,92 @@
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>81980</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн і реклама</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t>УП 11020811</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>81981</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>УП 11020812</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
@@ -2289,51 +2289,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2359,51 +2359,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>