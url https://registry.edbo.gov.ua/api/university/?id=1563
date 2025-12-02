--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -9,59 +9,59 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
-    <sheet name="Ліцензії ФПВО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Освітні програми" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$7</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$33</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$34</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$32</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -530,51 +530,51 @@
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>30</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -821,51 +821,51 @@
       </c>
       <c r="K7" s="9"/>
       <c r="L7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.12.2016 № 1565</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J33"/>
+  <dimension ref="A1:J34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -892,51 +892,51 @@
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -1327,853 +1327,891 @@
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.04.2025 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="8" t="n">
         <v>50</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 28.08.2025 № 153-л</t>
+          <t>Наказ МОН від 20.11.2025 № 202-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="8" t="n">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 09.04.2025 № 30-л</t>
+          <t>Наказ МОН від 28.08.2025 № 153-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C15" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="8" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C16" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="8" t="n">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C17" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>K9</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C18" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>022</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="8" t="n">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.06.2020 № 173-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C19" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="8" t="n">
         <v>40</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 15.06.2020 № 164-л</t>
+          <t>Наказ МОН від 22.06.2020 № 173-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C20" s="7" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>025</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="8" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.05.2023 № 182-л</t>
+          <t>Наказ МОН від 15.06.2020 № 164-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C21" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>026</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G21" s="8"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 03.05.2024 № 292-л</t>
+          <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C22" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>071</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="8" t="n">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G22" s="8"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 03.05.2024 № 292-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C23" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="8" t="n">
         <v>25</v>
       </c>
       <c r="G23" s="8"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.05.2023 № 182-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C24" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="8" t="n">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G24" s="8"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 22.06.2021 № 77-л</t>
+          <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C25" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="8" t="n">
         <v>50</v>
       </c>
       <c r="G25" s="8"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 03.05.2024 № 292-л</t>
+          <t>Наказ МОН від 22.06.2021 № 77-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C26" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>075</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="8" t="n">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G26" s="8"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 25.09.2019 № 960-л</t>
+          <t>Наказ МОН від 03.05.2024 № 292-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C27" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>081</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G27" s="8"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C28" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>121</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="8" t="n">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G28" s="8"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C29" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>191</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="8" t="n">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G29" s="8"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C30" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>192</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="8" t="n">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G30" s="8"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 07.12.2020 № 261-л</t>
+          <t>Наказ МОН від 25.09.2019 № 960-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C31" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="8" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G31" s="8"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.12.2020 № 261-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C32" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="8" t="n">
         <v>30</v>
       </c>
       <c r="G32" s="8"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.05.2023 № 182-л</t>
+          <t>Наказ МОН від 07.12.2020 № 261-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C33" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>242</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="8" t="n">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="G33" s="8"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="3" t="inlineStr">
         <is>
+          <t>Наказ МОН від 24.05.2023 № 182-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B34" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C34" s="7" t="inlineStr">
+        <is>
+          <t>262</t>
+        </is>
+      </c>
+      <c r="D34" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="E34" s="3"/>
+      <c r="F34" s="8" t="n">
+        <v>100</v>
+      </c>
+      <c r="G34" s="8"/>
+      <c r="H34" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I34" s="9"/>
+      <c r="J34" s="3" t="inlineStr">
+        <is>
           <t>Наказ МОН від 08.04.2024 № 229-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J33"/>
+  <autoFilter ref="A1:J34"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K33"/>
+  <dimension ref="A1:K34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3358,204 +3396,243 @@
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
-          <t>I5</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>87768</v>
+        <v>88072</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
-          <t>Сестринська справа</t>
+          <t>Стоматологія ортопедична</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
-        <v>66426</v>
+        <v>87768</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Сестринська справа</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t>ПС 005677</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I31" s="9"/>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
-        <v>66429</v>
+        <v>66426</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t>ПС 005674</t>
+          <t>ПС 005677</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>K9</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
-        <v>66431</v>
+        <v>66429</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>ПС 005674</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B34" s="7" t="inlineStr">
+        <is>
+          <t>K9</t>
+        </is>
+      </c>
+      <c r="C34" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="D34" s="3"/>
+      <c r="E34" s="8" t="n">
+        <v>66431</v>
+      </c>
+      <c r="F34" s="3" t="inlineStr">
+        <is>
+          <t>Правоохоронна діяльність</t>
+        </is>
+      </c>
+      <c r="G34" s="3"/>
+      <c r="H34" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I34" s="9"/>
+      <c r="J34" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K34" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K33"/>
+  <autoFilter ref="A1:K34"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -3616,195 +3693,195 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -3826,51 +3903,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3958,117 +4035,117 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -4123,121 +4200,121 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E18" s="8" t="n">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -4292,51 +4369,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4358,87 +4435,87 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F25" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -4457,150 +4534,150 @@
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F27" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="F29" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F30" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>