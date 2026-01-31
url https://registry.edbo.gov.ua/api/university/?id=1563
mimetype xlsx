--- v1 (2025-12-02)
+++ v2 (2026-01-31)
@@ -3763,51 +3763,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -3837,51 +3837,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -3969,51 +3969,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -4068,54 +4068,54 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
@@ -4134,51 +4134,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -4200,54 +4200,54 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -4435,51 +4435,51 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -4537,51 +4537,51 @@
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
         <v>178</v>
       </c>
       <c r="F27" s="8" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -4600,84 +4600,84 @@
       <c r="H28" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F29" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F30" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>