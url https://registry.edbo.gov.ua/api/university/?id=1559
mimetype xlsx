--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -518,51 +518,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>670</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.04.2021 № 53-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -640,51 +640,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>6.020105</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2293,88 +2293,88 @@
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>63</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>90</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -2404,51 +2404,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>62</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>