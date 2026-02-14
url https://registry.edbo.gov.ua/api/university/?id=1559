--- v1 (2025-12-08)
+++ v2 (2026-02-14)
@@ -1458,411 +1458,411 @@
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>26501</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>53368</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн і реклама</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>53373</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>61892</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Дизайн стилю та іміджу</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>26503</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>53369</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>26504</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>53372</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Дизайн зачіски</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>55588</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Дизайн стилю</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t>НІ 0493013</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>20985</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент готельно-ресторанного і туристичного бізнесу</t>
@@ -1898,92 +1898,92 @@
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>20986</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Документознавство, менеджмент органів державної влади та місцевого самоврядування</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t>НІ 0493012</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>14554</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t>НІ 0493014</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>14800</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Міжнародний туризм</t>
@@ -2025,137 +2025,137 @@
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>81977</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн і реклама</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>УП 11020809</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>81978</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Дизайн стилю та іміджу</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t>УП 11020809</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>81979</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t>УП 11020810</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
@@ -2257,121 +2257,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -2401,54 +2401,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>3</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -2471,120 +2471,120 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>53</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">