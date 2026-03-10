--- v0 (2026-01-09)
+++ v1 (2026-03-10)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$24</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$233</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$145</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$127</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -721,90 +721,90 @@
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
           <t> 14621</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.05.2025 № 76-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
           <t> 1439</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.02.2021 № 17-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
@@ -3433,98 +3433,98 @@
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>39529</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова і література</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>61792</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t>- 13713</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J9" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>39208</v>
@@ -4020,141 +4020,141 @@
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>36402</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Англійська мова і література</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька)</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>36407</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Німецька мова і література</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська)</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>36405</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова (російська) і зарубіжна література</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>31050</v>
@@ -4200,96 +4200,96 @@
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>39530</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Німецька мова і література</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>61796</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>34965</v>
@@ -4333,231 +4333,231 @@
         <is>
           <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>39531</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Мова (російська) і зарубіжна література</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t>УД 26002164</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>30528</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t>УД 26002162</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>31049</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t>УД 26006400</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>58108</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
           <t>УД 26006400</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>64976</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика та астрономія)</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t>УД 26006400</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>30692</v>
@@ -4681,366 +4681,366 @@
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>31096</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t>НД 2684858</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>6089</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>31098</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>64666</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно) - англійська та німецька мови</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>слов`янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
         <v>5893</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>слов`янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>42095</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Філологія. Слов’янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
         <v>31097</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Філологія. Слов’янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>6549</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t>НД 2684863</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>31099</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
@@ -5314,51 +5314,51 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>31103</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="8" t="inlineStr">
         <is>
           <t>- 1439</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
@@ -5730,51 +5730,51 @@
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>31105</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t>НД 2684870</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>31453</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
@@ -6707,51 +6707,51 @@
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
         <v>79558</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта. Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t>УД 26020209</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Природничі науки</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
         <v>79171</v>
@@ -6795,51 +6795,51 @@
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
         <v>79556</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
           <t>УД 26020207</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
         <v>79169</v>
@@ -6928,96 +6928,96 @@
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
         <v>79564</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно) – англійська та німецька мови</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t>УД 26020220</t>
         </is>
       </c>
       <c r="K89" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
         <v>79562</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Українська мова та польська мова</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
           <t>УД 26020220</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>79469</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -7145,51 +7145,51 @@
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>79561</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
           <t>УД 26020218</t>
         </is>
       </c>
       <c r="K94" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>79566</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Політичні технології та лідерство</t>
@@ -7422,51 +7422,51 @@
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>77092</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t>- 14621</t>
         </is>
       </c>
       <c r="I101" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K101" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
@@ -7592,51 +7592,51 @@
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>79176</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="8" t="inlineStr">
         <is>
           <t>УД 26020224</t>
         </is>
       </c>
       <c r="K105" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>79177</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
@@ -8294,51 +8294,51 @@
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>27177</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t>УД 26002739</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
@@ -9622,54 +9622,56 @@
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
         <v>28888</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Філологія. Слов’янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I149" s="9"/>
+          <t>УД 26003225</t>
+        </is>
+      </c>
+      <c r="I149" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
@@ -10430,51 +10432,51 @@
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>28884</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="8" t="inlineStr">
         <is>
           <t>УД 26006763</t>
         </is>
       </c>
       <c r="I167" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D168" s="3"/>
@@ -10825,54 +10827,56 @@
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
         <v>79476</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I176" s="9"/>
+          <t>- 19805</t>
+        </is>
+      </c>
+      <c r="I176" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D177" s="3" t="inlineStr">
         <is>
@@ -10974,51 +10978,51 @@
       </c>
       <c r="D179" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E179" s="6" t="n">
         <v>79186</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="8" t="inlineStr">
         <is>
           <t>УД 26002739</t>
         </is>
       </c>
       <c r="I179" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D180" s="3" t="inlineStr">
@@ -11323,151 +11327,151 @@
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="8" t="inlineStr">
         <is>
           <t>- 14633</t>
         </is>
       </c>
       <c r="I186" s="9" t="n">
         <v>48761</v>
       </c>
       <c r="J186" s="8" t="inlineStr">
         <is>
           <t>УД 26020229</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E187" s="6" t="n">
         <v>79585</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="8" t="inlineStr">
         <is>
           <t>- 14634</t>
         </is>
       </c>
       <c r="I187" s="9" t="n">
         <v>48761</v>
       </c>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t>УД 26020229</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D188" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E188" s="6" t="n">
         <v>79574</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I188" s="9"/>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t>УД 26020229</t>
         </is>
       </c>
       <c r="K188" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>79478</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -11503,97 +11507,101 @@
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>79479</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Вокально-хорове мистецтво</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I190" s="9"/>
+          <t>- 19806</t>
+        </is>
+      </c>
+      <c r="I190" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>79480</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Інструментально-виконавське мистецтво</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I191" s="9"/>
+          <t>- 19807</t>
+        </is>
+      </c>
+      <c r="I191" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J191" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D192" s="3" t="inlineStr">
         <is>
@@ -11642,54 +11650,56 @@
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D193" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E193" s="6" t="n">
         <v>79482</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
           <t>Хореографія. Народна хореографія</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I193" s="9"/>
+          <t>- 19808</t>
+        </is>
+      </c>
+      <c r="I193" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
@@ -12180,51 +12190,51 @@
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
         <v>79197</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t>УД 26006763</t>
         </is>
       </c>
       <c r="I205" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D206" s="3"/>
@@ -13426,51 +13436,51 @@
       <c r="I233" s="9"/>
       <c r="J233" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K233" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K233"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I145"/>
+  <dimension ref="A1:I127"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -14527,51 +14537,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14712,88 +14722,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14857,51 +14867,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15042,51 +15052,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -15292,51 +15302,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
         <v>41</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -15355,51 +15365,51 @@
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -15490,51 +15500,51 @@
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
@@ -15553,51 +15563,51 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
@@ -15685,87 +15695,87 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -16528,51 +16538,51 @@
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -16826,1707 +16836,1077 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D98" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D98" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E98" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D99" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D99" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E99" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хореографія</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E103" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фармація, промислова фармація</t>
+        </is>
+      </c>
+      <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>034</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Культурологія</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
-[...592 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I145"/>
+  <autoFilter ref="A1:I127"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>