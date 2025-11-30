--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -32,54 +32,54 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
     <sheet name="Здобувачі ПТО" sheetId="11" state="visible" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$24</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$80</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$43</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$2</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -462,51 +462,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I43"/>
+  <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -650,51 +650,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -749,51 +749,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -914,157 +914,157 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>100</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -1083,84 +1083,84 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -1182,121 +1182,121 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>191</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -1457,51 +1457,51 @@
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
@@ -1741,242 +1741,275 @@
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>K8</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Пожежна безпека</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>261</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B44" s="7" t="inlineStr">
+        <is>
+          <t>263</t>
+        </is>
+      </c>
+      <c r="C44" s="3" t="inlineStr">
+        <is>
+          <t>Цивільна безпека</t>
+        </is>
+      </c>
+      <c r="D44" s="3"/>
+      <c r="E44" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H44" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I44" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:I43"/>
+  <autoFilter ref="A1:I44"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -2213,51 +2246,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>500</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -2343,51 +2376,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
@@ -3066,51 +3099,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -3223,51 +3256,51 @@
       </c>
       <c r="K4" s="9"/>
       <c r="L4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.12.2016 № 1565</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K5"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -3300,51 +3333,51 @@
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -3386,134 +3419,52 @@
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>150</v>
       </c>
       <c r="I3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2025 № 108-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
-[...80 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K5"/>
+  <autoFilter ref="A1:K3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>