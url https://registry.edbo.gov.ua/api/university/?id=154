--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -33,51 +33,51 @@
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
     <sheet name="Здобувачі ПТО" sheetId="11" state="visible" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$80</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$2</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -716,84 +716,84 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -881,87 +881,87 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -984,87 +984,87 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -1083,54 +1083,54 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
@@ -1182,124 +1182,124 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -1850,51 +1850,51 @@
       <c r="H40" s="6" t="n">
         <v>4</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -2518,54 +2518,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="F5" s="6" t="n">
         <v>440</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H5" s="9"/>
+          <t> 19322</t>
+        </is>
+      </c>
+      <c r="H5" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
@@ -3436,51 +3438,51 @@
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2025 № 108-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -3534,390 +3536,492 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5161 Пожежний-рятувальник
 </t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5169 Командир відділення оперативно-рятувальної служби цивільного захисту
 </t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
+          <t>5169 Оператор Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B6" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C6" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D6" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>5169 Оператор Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B7" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C7" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D7" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>5169 Черговий підрозділу Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B8" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D8" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>5169 Черговий підрозділу Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B9" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C9" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D9" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>5169 Черговий підрозділу Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B10" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C10" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D10" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>5169 Оператор Оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C11" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D11" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>5169 Командир відділення оперативно-рятувальної служби цивільного захисту
+</t>
+        </is>
+      </c>
+      <c r="B12" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C12" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D12" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3" t="inlineStr">
+        <is>
           <t>5169 Рятувальник
 </t>
         </is>
       </c>
-      <c r="B6" s="6" t="n">
+      <c r="B13" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C6" s="7" t="inlineStr">
+      <c r="C13" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D6" s="9" t="n">
+      <c r="D13" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
-      <c r="A7" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
         <is>
           <t>5169 Рятувальник
 </t>
         </is>
       </c>
-      <c r="B7" s="6" t="n">
+      <c r="B14" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C7" s="7" t="inlineStr">
+      <c r="C14" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D7" s="9" t="n">
+      <c r="D14" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
-      <c r="A8" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
         <is>
           <t>5169 Рятувальник
 </t>
         </is>
       </c>
-      <c r="B8" s="6" t="n">
+      <c r="B15" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="C15" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D8" s="9" t="n">
+      <c r="D15" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
-      <c r="A9" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
         <is>
           <t>5169 Сапер (розмінування)
 </t>
         </is>
       </c>
-      <c r="B9" s="6" t="n">
+      <c r="B16" s="6" t="n">
         <v>23</v>
       </c>
-      <c r="C9" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A10" s="3" t="inlineStr">
+      <c r="C16" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
         <is>
           <t>5169 Сапер (розмінування)
 </t>
         </is>
       </c>
-      <c r="B10" s="6" t="n">
+      <c r="B17" s="6" t="n">
         <v>23</v>
       </c>
-      <c r="C10" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A11" s="3" t="inlineStr">
+      <c r="C17" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
         <is>
           <t>5169 Командир відділення оперативно-рятувальної служби цивільного захисту
 </t>
         </is>
       </c>
-      <c r="B11" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A12" s="3" t="inlineStr">
+      <c r="B18" s="6" t="n">
+        <v>46</v>
+      </c>
+      <c r="C18" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D18" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
         <is>
           <t>5169 Рятувальник-верхолаз
 </t>
         </is>
       </c>
-      <c r="B12" s="6" t="n">
+      <c r="B19" s="6" t="n">
         <v>23</v>
       </c>
-      <c r="C12" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A13" s="3" t="inlineStr">
+      <c r="C19" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D19" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
         <is>
           <t>5169 Рятувальник-верхолаз
 </t>
         </is>
       </c>
-      <c r="B13" s="6" t="n">
+      <c r="B20" s="6" t="n">
         <v>23</v>
       </c>
-      <c r="C13" s="7" t="inlineStr">
-[...24 lines deleted...]
-      <c r="A15" s="3" t="inlineStr">
+      <c r="C20" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D20" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
-      <c r="B15" s="6" t="n">
+      <c r="B21" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C15" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A16" s="3" t="inlineStr">
+      <c r="C21" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D21" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
-      <c r="B16" s="6" t="n">
+      <c r="B22" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C16" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A17" s="3" t="inlineStr">
+      <c r="C22" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D22" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
-      <c r="B17" s="6" t="n">
+      <c r="B23" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C17" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A18" s="3" t="inlineStr">
+      <c r="C23" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D23" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
-      <c r="B18" s="6" t="n">
+      <c r="B24" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C18" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A19" s="3" t="inlineStr">
+      <c r="C24" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D24" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
-      <c r="B19" s="6" t="n">
+      <c r="B25" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C19" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A20" s="3" t="inlineStr">
+      <c r="C25" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D25" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
-      <c r="B20" s="6" t="n">
+      <c r="B26" s="6" t="n">
         <v>90</v>
       </c>
-      <c r="C20" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A21" s="3" t="inlineStr">
+      <c r="C26" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D26" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст насосних установок пожежно-рятувального транспортного засобу
 </t>
         </is>
       </c>
-      <c r="B21" s="6" t="n">
+      <c r="B27" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C21" s="7" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A22" s="3" t="inlineStr">
+      <c r="C27" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D27" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст насосних установок пожежно-рятувального транспортного засобу
 </t>
         </is>
       </c>
-      <c r="B22" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A23" s="3" t="inlineStr">
+      <c r="B28" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C28" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D28" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст насосних установок пожежно-рятувального транспортного засобу
 </t>
         </is>
       </c>
-      <c r="B23" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A24" s="3" t="inlineStr">
+      <c r="B29" s="6" t="n">
+        <v>90</v>
+      </c>
+      <c r="C29" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D29" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="3" t="inlineStr">
         <is>
           <t>8340 Матрос-рятувальник
 </t>
         </is>
       </c>
-      <c r="B24" s="6" t="n">
+      <c r="B30" s="6" t="n">
         <v>23</v>
       </c>
-      <c r="C24" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D24" s="9"/>
+      <c r="C30" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D30" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D24"/>
+  <autoFilter ref="A1:D30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K80"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4041,93 +4145,97 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>6451</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I3" s="9"/>
+          <t>- 19669</t>
+        </is>
+      </c>
+      <c r="I3" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>55536</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Екстремальна та кризова психологія</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>- 19668</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
@@ -4439,54 +4547,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>6262</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>- 19322</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
@@ -5694,101 +5804,97 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>61989</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t>- 9717</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>7368</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Управління проектами</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- 9483</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I45" s="9"/>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
@@ -5827,56 +5933,54 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>25678</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 9727</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
@@ -5958,56 +6062,54 @@
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>20820</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t>- 9505</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">