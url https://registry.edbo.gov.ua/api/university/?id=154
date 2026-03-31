--- v2 (2026-01-29)
+++ v3 (2026-03-31)
@@ -35,51 +35,51 @@
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Ліцензії ПТО" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Освітні програми" sheetId="9" state="visible" r:id="rId10"/>
     <sheet name="Здобувачі ВО" sheetId="10" state="visible" r:id="rId11"/>
     <sheet name="Здобувачі ПТО" sheetId="11" state="visible" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$80</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$42</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$2</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -462,51 +462,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I44"/>
+  <dimension ref="A1:I42"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -617,51 +617,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -683,117 +683,117 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -881,425 +881,425 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>261</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>199</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -1571,445 +1571,379 @@
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>Пожежна безпека</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>K8</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>K8</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Пожежна безпека</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F39" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F39" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>261</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H41" s="6" t="n">
         <v>4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I44"/>
+  <autoFilter ref="A1:I42"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
@@ -2680,51 +2614,51 @@
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Управління піротехнічними роботами та протимінною діяльністю</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>K8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -2795,51 +2729,51 @@
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G12" s="7" t="inlineStr">
         <is>
           <t> 1167</t>
         </is>
       </c>
       <c r="H12" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I12" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
@@ -4108,51 +4042,51 @@
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>25647</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Переклад з англійської мови</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
           <t>- 2553</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
@@ -4231,51 +4165,51 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>18263</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>- 2841</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
@@ -4313,51 +4247,51 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>21625</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t>- 1483</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D8" s="3"/>
@@ -4922,51 +4856,51 @@
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>87383</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Переклад з англійської мови</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t>- 17188</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -5041,51 +4975,51 @@
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>87382</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t>- 17189</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
@@ -5162,51 +5096,51 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>87380</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t>- 17191</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -5763,51 +5697,51 @@
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>6086</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Практична психологія</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t>- 136</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
@@ -6199,96 +6133,96 @@
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>7800</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t>- 1167</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>19325</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Цивільний захист</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t>- 1168</t>
         </is>
       </c>
       <c r="I54" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D55" s="3"/>
@@ -6729,51 +6663,51 @@
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>80785</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Цивільний захист</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="7" t="inlineStr">
         <is>
           <t>- 17193</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>K8</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Пожежна безпека</t>
         </is>
       </c>
       <c r="D66" s="3"/>