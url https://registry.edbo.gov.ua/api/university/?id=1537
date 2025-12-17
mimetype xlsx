--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -2171,54 +2171,56 @@
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
         <v>81995</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ПС 006856</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
@@ -2405,150 +2407,150 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>24</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
@@ -2643,51 +2645,51 @@
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
         <v>60</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">