--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -2407,117 +2407,117 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Послуги краси</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -2539,54 +2539,54 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -2609,51 +2609,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>