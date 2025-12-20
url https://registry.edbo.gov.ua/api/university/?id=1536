--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -2132,51 +2132,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>