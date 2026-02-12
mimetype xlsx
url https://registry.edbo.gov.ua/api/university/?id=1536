--- v1 (2025-12-20)
+++ v2 (2026-02-12)
@@ -2132,54 +2132,54 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
@@ -2198,54 +2198,54 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -2264,51 +2264,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>