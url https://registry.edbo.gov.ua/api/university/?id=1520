--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -2560,54 +2560,56 @@
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E18" s="8" t="n">
         <v>81984</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн і реклама</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ПС 006857</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -2638,54 +2640,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
         <v>81987</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>ПС 006858</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
@@ -2794,157 +2798,157 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>35</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>84</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -3000,88 +3004,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -3103,84 +3107,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>