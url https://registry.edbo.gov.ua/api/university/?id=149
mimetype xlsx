--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -6787,60 +6787,60 @@
       <c r="H2" s="6" t="n">
         <v>4</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
@@ -6997,87 +6997,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>5</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -7129,84 +7129,84 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>812</v>
+        <v>798</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
@@ -7228,51 +7228,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -7471,84 +7471,84 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>4063</v>
+        <v>4070</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
@@ -7574,124 +7574,124 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>20</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -7714,87 +7714,87 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>7.12010001</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>лікувальна справа</t>
@@ -7948,57 +7948,57 @@
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>2</v>
       </c>
@@ -8047,51 +8047,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров'я</t>
@@ -8176,60 +8176,60 @@
       <c r="H43" s="6" t="n">
         <v>14</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>4</v>
       </c>