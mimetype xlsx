--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -24,56 +24,56 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$33</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$14</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$59</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$48</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -383,77 +383,73 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>бульв. Тараса Шевченка, 13</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044) 454-49-83; 2349276; 2357391</t>
+          <t>+380442349276; +380442355254;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>kancnmu@nmu.ua</t>
+          <t>kancnmu@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Кучин Юрій Леонідович</t>
         </is>
       </c>
     </row>
@@ -545,232 +541,246 @@
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A24"/>
+  <dimension ref="A1:A26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Інститут пiслядипломної освiти</t>
+          <t>Інститут оцінки відповідності , гігієни та екології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Медико-психологічний</t>
+          <t>Інститут пiслядипломної освiти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Медичний №1</t>
+          <t>Науково-дослідний інститут експериментальної та клінічної медицини</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Медичний №2</t>
+          <t>Медико-психологічний</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Медичний №3 (Педіатрія)</t>
+          <t>Медичний №1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Медичний №4</t>
+          <t>Медичний №2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Медичний Лікувальна справа</t>
+          <t>Медичний №4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Медичний Лікувальна справа 2 курс</t>
+          <t>Медичний Лікувальна справа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Медичний Педіатрія</t>
+          <t>Медичний Лікувальна справа 2 курс</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Стоматологічний</t>
+          <t>Медичний Педіатрія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Факультет медпсих</t>
+          <t>Навчально-науковий інститут громадського здоров'я та профілактичної медицини</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Факультет перепідготовки</t>
+          <t>Навчально-науковий інститут медицини</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет підготовки іноземних громадян</t>
+          <t>Навчально-науковий інститут психічного здоров'я</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Факультет підготовки лікарів для Збройних сил України</t>
+          <t>Навчально-науковий інститут стоматології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Фармацевтичний</t>
+          <t>Стоматологічний</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>Фармацевтичний Технологія парфумерно-косметичних засобів</t>
+          <t>Факультет медпсих</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>Фармацевтичний Фармація заочна</t>
+          <t>Факультет педіатрії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут громадського здоров'я та профілактичної медицини</t>
+          <t>Факультет перепідготовки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут медицини</t>
+          <t>Факультет підготовки іноземних громадян</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут психічного здоров'я</t>
+          <t>Факультет підготовки лікарів для Збройних сил України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут стоматології</t>
+          <t>Фармацевтичний</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий центр "Бізнес-школа Національного медичного університету імені О.О. Богомольця"</t>
+          <t>Фармацевтичний Технологія парфумерно-косметичних засобів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
+          <t>Фармацевтичний Фармація заочна</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="3" t="inlineStr">
+        <is>
+          <t>Навчально-науковий центр "Бізнес-школа Національного медичного університету імені О.О. Богомольця"</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
+        <is>
           <t>Навчально-науковий центр медичних симуляцій</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A24"/>
+  <autoFilter ref="A1:A26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2189,51 +2199,51 @@
         <v>46935</v>
       </c>
       <c r="I33" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.05.2021 № 55-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L24"/>
+  <dimension ref="A1:L12"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
@@ -2678,667 +2688,137 @@
       </c>
       <c r="G10" s="6" t="n">
         <v>50</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
       <c r="L10" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 28.05.2015 протокол № 116, наказ МОН від 10.06.2015 № 1415л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Науки про освіту</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
       <c r="L11" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 19.12.2016 № 1565</t>
+          <t>Наказ МОН від 11.08.2016 № 966</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>2160</v>
+        <v>50</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
       <c r="L12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 19.12.2016 № 1565</t>
-[...528 lines deleted...]
-        <is>
           <t>Наказ МОН від 04.07.2016 № 771</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L24"/>
+  <autoFilter ref="A1:L12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
@@ -3404,588 +2884,588 @@
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 24.03.2025 № 24-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>300</v>
       </c>
       <c r="I3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 03.11.2023 № 505-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
-        <v>300</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J4" s="9"/>
       <c r="K4" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.08.2023 № 380-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J5" s="9"/>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 23.10.2023 № 487-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
-          <t>Медсестринство</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>100</v>
       </c>
       <c r="I6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J6" s="9"/>
       <c r="K6" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.08.2023 № 380-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>I5</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Медсестринство</t>
         </is>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>100</v>
       </c>
       <c r="I7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J7" s="9"/>
       <c r="K7" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.08.2023 № 380-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J8" s="9"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.08.2023 № 380-л</t>
+          <t>Наказ МОН від 24.03.2025 № 24-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J9" s="9"/>
       <c r="K9" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 21.08.2023 № 380-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>450</v>
       </c>
       <c r="I10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J10" s="9"/>
       <c r="K10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 16.01.2023 № 20-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>1100</v>
       </c>
       <c r="I11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J11" s="9"/>
       <c r="K11" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 16.01.2023 № 20-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J12" s="9"/>
       <c r="K12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 16.01.2023 № 20-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J13" s="9"/>
       <c r="K13" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 16.01.2023 № 20-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>інтернатура</t>
         </is>
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>200</v>
       </c>
       <c r="I14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J14" s="9"/>
       <c r="K14" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 16.01.2023 № 20-л</t>
+          <t>Наказ МОН від 22.12.2025 № 222-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:K14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K61"/>
+  <dimension ref="A1:K59"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -5822,882 +5302,804 @@
         <is>
           <t>Громадське здоров'я. Польова епідеміологія</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>7365</v>
+        <v>48213</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія ортопедична</t>
-[...2 lines deleted...]
-      <c r="G43" s="3"/>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="G43" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H43" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>- 2418</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
-          <t>Спеціаліст</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>6213</v>
+        <v>50215</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Провізор</t>
-[...2 lines deleted...]
-      <c r="G44" s="3"/>
+          <t>Професійна освіта (за спеціалізаціями)</t>
+        </is>
+      </c>
+      <c r="G44" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>221</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>48213</v>
+        <v>47641</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- 2418</t>
+          <t>- 2030</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>222</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>50215</v>
+        <v>47640</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (за спеціалізаціями)</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>- 2027</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>225</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>47641</v>
+        <v>48215</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 2030</t>
+          <t>- 4387</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>222</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>47640</v>
+        <v>48216</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 2027</t>
+          <t>- 2820</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>228</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>48215</v>
+        <v>48214</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t>- 4387</t>
+          <t>- 4542</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>48216</v>
+        <v>49988</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t>- 2820</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>48214</v>
+        <v>87046</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t>- 4542</t>
+          <t>- 18026</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>49988</v>
+        <v>87042</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров'я</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>87046</v>
+        <v>87395</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Менеджмент медичної сфери</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H53" s="7" t="inlineStr">
         <is>
-          <t>- 18026</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>I1</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>87042</v>
+        <v>79097</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Стоматологія</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H54" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I54" s="9"/>
+          <t>- 18021</t>
+        </is>
+      </c>
+      <c r="I54" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>I2</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>87395</v>
+        <v>79096</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент медичної сфери</t>
+          <t>Медицина</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H55" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I55" s="9"/>
+          <t>- 18022</t>
+        </is>
+      </c>
+      <c r="I55" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>I1</t>
+          <t>I3</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>79097</v>
+        <v>81403</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Стоматологія</t>
+          <t>Педіатрія</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H56" s="7" t="inlineStr">
         <is>
-          <t>- 18021</t>
+          <t>- 18025</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>I2</t>
+          <t>I4</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>79096</v>
+        <v>81404</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Медицина</t>
+          <t>Медична психологія</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H57" s="7" t="inlineStr">
         <is>
-          <t>- 18022</t>
+          <t>- 18023</t>
         </is>
       </c>
       <c r="I57" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>I3</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>81403</v>
+        <v>81405</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Педіатрія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H58" s="7" t="inlineStr">
         <is>
-          <t>- 18025</t>
+          <t>- 18024</t>
         </is>
       </c>
       <c r="I58" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>I4</t>
+          <t>I9</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>81404</v>
+        <v>87039</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Медична психологія</t>
+          <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H59" s="7" t="inlineStr">
         <is>
-          <t>- 18023</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
-[...86 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K61"/>
+  <autoFilter ref="A1:K59"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -6754,336 +6156,336 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>1</v>
       </c>
@@ -7129,84 +6531,84 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>I3</t>
         </is>
       </c>
@@ -7228,51 +6630,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -7372,51 +6774,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>5</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I9</t>
         </is>
       </c>
@@ -7438,117 +6840,117 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F22" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>4070</v>
+        <v>4032</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
@@ -7574,124 +6976,124 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>316</v>
+        <v>284</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -7714,51 +7116,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
@@ -7780,51 +7182,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>7.12010001</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>лікувальна справа</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -8143,93 +7545,93 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Медична психологія</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>4</v>
       </c>
@@ -8251,51 +7653,51 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>228</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Педіатрія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>2</v>
       </c>
@@ -8311,51 +7713,51 @@
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I48"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">