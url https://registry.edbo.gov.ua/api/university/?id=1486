--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$130</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$102</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$99</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -5425,56 +5425,54 @@
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
         <v>76700</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H98" s="8" t="inlineStr">
         <is>
-          <t>- 14456</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I98" s="9"/>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
@@ -6887,51 +6885,51 @@
       </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K130"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I102"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7351,51 +7349,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -7516,51 +7514,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -7684,51 +7682,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>47</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -7947,189 +7945,189 @@
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D31" s="3"/>
+      <c r="D31" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E31" s="6" t="n">
-        <v>1</v>
+        <v>141</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D32" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>142</v>
+        <v>1</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -8184,54 +8182,54 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -8250,51 +8248,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -8349,117 +8347,117 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -8481,51 +8479,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
@@ -8547,54 +8545,54 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -8613,51 +8611,51 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
@@ -8918,95 +8916,95 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -9256,54 +9254,54 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -9322,51 +9320,51 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -9428,959 +9426,860 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>57</v>
+        <v>8</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
-[...2 lines deleted...]
-      <c r="D87" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D87" s="3" t="inlineStr">
+        <is>
+          <t>на автомобільному транспорті</t>
+        </is>
+      </c>
       <c r="E87" s="6" t="n">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F96" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H96" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
-[...97 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I102"/>
+  <autoFilter ref="A1:I99"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>