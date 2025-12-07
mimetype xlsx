--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -776,51 +776,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2555</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -906,51 +906,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
@@ -1169,51 +1169,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>80</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -3719,55 +3719,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>22599</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t>- 9408</t>
+          <t>- 19175</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
@@ -3965,54 +3965,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>53295</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та бізнес-технології</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>- 19189</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
@@ -4785,56 +4787,54 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>66359</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t>- 17059</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
@@ -5656,98 +5656,100 @@
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>22588</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I51" s="9"/>
+          <t>- 19185</t>
+        </is>
+      </c>
+      <c r="I51" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>59100</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="7" t="inlineStr">
         <is>
-          <t>- 9407</t>
+          <t>- 19184</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D53" s="3"/>
@@ -5879,55 +5881,55 @@
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>22592</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="7" t="inlineStr">
         <is>
-          <t>- 9417</t>
+          <t>- 19194</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D57" s="3"/>
@@ -5969,55 +5971,55 @@
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>22585</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="7" t="inlineStr">
         <is>
-          <t>- 9426</t>
+          <t>- 19202</t>
         </is>
       </c>
       <c r="I58" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D59" s="3"/>
@@ -6466,56 +6468,54 @@
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>66544</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t>- 17047</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I69" s="9"/>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
@@ -6691,56 +6691,54 @@
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>66555</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t>- 17052</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I74" s="9"/>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
@@ -6785,56 +6783,54 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
         <v>76410</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
-          <t>- 17072</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I76" s="9"/>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
@@ -8024,150 +8020,150 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -8189,51 +8185,51 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -8322,84 +8318,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -8424,51 +8420,51 @@
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>150</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
@@ -8487,120 +8483,120 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>276</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
@@ -8619,51 +8615,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>K10</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -8784,51 +8780,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>58</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -8949,51 +8945,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>44</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -9015,117 +9011,117 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>82</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -9147,54 +9143,54 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Садівництво та виноградарство</t>
@@ -9246,54 +9242,54 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -9782,51 +9778,51 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -10277,51 +10273,51 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -10409,51 +10405,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -10772,84 +10768,84 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>