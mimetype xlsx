--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -3893,51 +3893,51 @@
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>22602</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>УД 08010897</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>22603</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -4006,54 +4006,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>59101</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та бізнес-технології</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>- 19354</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
@@ -4096,51 +4098,51 @@
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>22606</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t>УД 08010892</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>30625</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерне проектування і дизайн</t>
@@ -4178,133 +4180,133 @@
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>22607</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t>УД 08010894</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>48781</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерний інжиніринг харчових і переробних виробництв</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t>УД 08010894</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>22608</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t>УД 08010890</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>22609</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -4506,51 +4508,51 @@
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>22614</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t>УД 08010888</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>23049</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -4787,54 +4789,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>66359</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>- 19353</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
@@ -4990,54 +4994,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>66412</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>- 19577</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
@@ -5936,51 +5942,51 @@
       <c r="E57" s="6" t="n">
         <v>22594</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>УД 08010893</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>22585</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
@@ -6026,51 +6032,51 @@
       <c r="E59" s="6" t="n">
         <v>22595</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>УД 08010891</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>52910</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Індустрія здорового харчування</t>
@@ -6206,90 +6212,90 @@
       <c r="E63" s="6" t="n">
         <v>22597</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>УД 08010889</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>59108</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H64" s="7" t="inlineStr">
         <is>
-          <t>- 10405</t>
+          <t>- 19403</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
-        <v>46078</v>
+        <v>46379</v>
       </c>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D65" s="3"/>
@@ -6425,97 +6431,101 @@
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>66540</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I68" s="9"/>
+          <t>- 19356</t>
+        </is>
+      </c>
+      <c r="I68" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>66544</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I69" s="9"/>
+          <t>- 19355</t>
+        </is>
+      </c>
+      <c r="I69" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
@@ -6691,54 +6701,56 @@
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>66555</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I74" s="9"/>
+          <t>- 19357</t>
+        </is>
+      </c>
+      <c r="I74" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
@@ -6783,54 +6795,56 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
         <v>76410</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I76" s="9"/>
+          <t>- 19358</t>
+        </is>
+      </c>
+      <c r="I76" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
@@ -8215,51 +8229,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -8354,51 +8368,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>56</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -8483,84 +8497,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>72</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -8648,183 +8662,183 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>58</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -8846,84 +8860,84 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -8978,84 +8992,84 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -9077,51 +9091,51 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -9143,51 +9157,51 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
@@ -9242,54 +9256,54 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -9374,51 +9388,51 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -9444,51 +9458,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -10009,51 +10023,51 @@
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -10075,84 +10089,84 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -10240,117 +10254,117 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -10438,84 +10452,84 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>170</v>
+        <v>103</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
@@ -10900,51 +10914,51 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -10966,84 +10980,84 @@
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I92"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>