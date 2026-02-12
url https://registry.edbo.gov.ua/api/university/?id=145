--- v0 (2025-10-23)
+++ v1 (2026-02-12)
@@ -1005,51 +1005,51 @@
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Право (поліцейські)</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>500</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
           <t>УД 21003252</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.04.2025 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
@@ -1083,51 +1083,51 @@
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Право (правозастосування)</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>1500</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>УД 21003251</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
@@ -1728,55 +1728,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>50613</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування (Облікова аналітика)</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
-          <t>- 9405</t>
+          <t>- 19673</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>45987</v>
+        <v>48030</v>
       </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
@@ -1812,51 +1812,51 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>34520</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування (фінансова безпека та фінансові розслідування)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t>УД 21010641</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
@@ -2372,55 +2372,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>83980</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування (облікова аналітика)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
-          <t>- 12741</t>
+          <t>- 19816</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>45987</v>
+        <v>48030</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -2745,51 +2745,51 @@
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>29199</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Психологія (практична психологія)</t>
         </is>
       </c>
       <c r="G31" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H31" s="7" t="inlineStr">
         <is>
           <t>УД 21003249</t>
         </is>
       </c>
       <c r="I31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D32" s="3"/>
@@ -2829,54 +2829,56 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>29197</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування (фінансова безпека та фінансові розслідування)</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>УД 21003250</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
@@ -2966,51 +2968,51 @@
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>29203</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Право (поліцейські)</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t>УД 21003252</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D37" s="3"/>
@@ -3097,51 +3099,51 @@
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>61137</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека (безпека інформаційних та комунікаційних систем)</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t>УД 21017948</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D40" s="3"/>
@@ -3187,51 +3189,51 @@
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>83981</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Психологія (практична психологія)</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t>УД 21003249</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D42" s="3"/>
@@ -3277,51 +3279,51 @@
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>77745</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Право (поліцейські)</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t>УД 21003252</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D44" s="3"/>
@@ -3367,51 +3369,51 @@
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>83983</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Протидія кіберзагрозам</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
           <t>УД 21017948</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D46" s="3"/>
@@ -3879,183 +3881,183 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>207</v>
+        <v>241</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>133</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4110,351 +4112,351 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>226</v>
+        <v>246</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -4473,117 +4475,117 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>106</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -4608,51 +4610,51 @@
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Науки про освіту</t>
@@ -4671,120 +4673,120 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I28"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -4825,51 +4827,51 @@
         </is>
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>