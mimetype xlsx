--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -2597,54 +2597,54 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -2696,54 +2696,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -2795,51 +2795,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -2894,117 +2894,117 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3026,87 +3026,87 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>