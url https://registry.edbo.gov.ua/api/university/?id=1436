--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -11,59 +11,59 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$217</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$216</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$25</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$27</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$42</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$26</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -370,75 +370,75 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Хорива, 1-Г</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380444092769</t>
+          <t>+38(067)-506-19-89;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>coll-osvita@uu.ua</t>
+          <t>coll-osvita@uu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>http://uu.edu.ua</t>
+          <t>coll-osvita.uu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>директор коледжу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Смолянова Світлана Іванівна</t>
         </is>
@@ -447,1583 +447,1576 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A217"/>
+  <dimension ref="A1:A216"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>ВС-19-1мс-ifmc</t>
+          <t>ВСР-17.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>ВСР-17.2-1мс-ifmc</t>
+          <t>ВСР-18-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>ВСР-18-1мс-ifmc</t>
+          <t>ЖР-18-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>ЖР-18-1мс-ifmc</t>
+          <t>ЖР-19-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>ЖР-19-1мс-ifmc</t>
+          <t>ЖР-19-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>ЖР-19-1фмб-ifmc</t>
+          <t>ЖР-20-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>ЖР-20-1фмб-ifmc</t>
+          <t>ЗВСР-18.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>ЗВСР-18.2-1мс-ifmc</t>
+          <t>ЗЖР-19.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>ЗЖР-19.2-1мс-ifmc</t>
+          <t>ЗЖР-20.2-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>ЗЖР-20.2-1фмб-ifmc</t>
+          <t>ЗЖР-20.3-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>ЗЖР-20.3-1фмб-ifmc</t>
+          <t>ЗІС-18.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-18.2-1мс-ifmc</t>
+          <t>ЗІС-19.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-19.2-1мс-ifmc</t>
+          <t>ЗІС-19.3-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-19.3-1мс-ifmc</t>
+          <t>ЗІС-19.3-1мс-ifmc-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-19.3-1мс-ifmc-db</t>
+          <t>ЗІС-20.2-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-20.2-1фмб-ifmc</t>
+          <t>ЗІС-20.3-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
-          <t>ЗІС-20.3-1фмб-ifmc</t>
+          <t>ЗКІ-18.2-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-18.2-1мс-ict</t>
+          <t>ЗКІ-18.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-18.3-1мс-ict</t>
+          <t>ЗКІ-19.2-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-19.2-1мс-ict</t>
+          <t>ЗКІ-19.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-19.3-1мс-ict</t>
+          <t>ЗКІ-20.2-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-20.2-1фмб-ict</t>
+          <t>ЗКІ-20.3-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
-          <t>ЗКІ-20.3-1фмб-ict</t>
+          <t>ЗМК-17-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-17-1мс-iem</t>
+          <t>ЗМК-18-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-18-1мс-iem</t>
+          <t>ЗМК-19.3-1мс-iem-ku</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-19.3-1мс-iem-ku</t>
+          <t>ЗМК-20.2-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-20.2-1фмб-iem</t>
+          <t>ЗМК-20.2-1фмб-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-20.2-1фмб-iem-zh</t>
+          <t>ЗМК-20.3-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-20.3-1фмб-iem</t>
+          <t>ЗМК-20.3-1фмб-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
-          <t>ЗМК-20.3-1фмб-iem-zh</t>
+          <t>ЗОО-17-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-17-1мс-iem</t>
+          <t>ЗОО-18-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-18-1мс-iem</t>
+          <t>ЗОО-18-1мс-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-18-1мс-iem-zh</t>
+          <t>ЗОО-19.3-03-1мс-iem-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-19.3-03-1мс-iem-db</t>
+          <t>ЗОО-19.3-1мс-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-19.3-1мс-iem-zh</t>
+          <t>ЗОО-20.2-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-20.2-1фмб-iem</t>
+          <t>ЗОО-20.2-1фмб-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-20.2-1фмб-iem-zh</t>
+          <t>ЗОО-20.3-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-20.3-1фмб-iem</t>
+          <t>ЗОО-20.3-1фмб-iem-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-20.3-1фмб-iem-db</t>
+          <t>ЗОО-20.3-1фмб-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
-          <t>ЗОО-20.3-1фмб-iem-zh</t>
+          <t>ЗПЗ-16-1мс-ipsv-vn</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-16-1мс-ipsv-vn</t>
+          <t>ЗПЗ-17-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-17-1мс-ipsv</t>
+          <t>ЗПЗ-17.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>ЗПЗ-17.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-17.2-1мс-ipsv</t>
+          <t>ЗПЗ-17.2-1мс-ipsv-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-17.2-1мс-ipsv-if</t>
+          <t>ЗПЗ-17.2-1мс-ipsv-mk</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-17.2-1мс-ipsv-mk</t>
+          <t>ЗПЗ-17.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-17.2-1мс-ipsv-tr</t>
+          <t>ЗПЗ-18-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18-1мс-ipsv</t>
+          <t>ЗПЗ-18-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18-1мс-ipsv-tr</t>
+          <t>ЗПЗ-18.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.2-1мс-ipsv</t>
+          <t>ЗПЗ-18.2-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.2-1мс-ipsv-br</t>
+          <t>ЗПЗ-18.2-1мс-ipsv-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.2-1мс-ipsv-if</t>
+          <t>ЗПЗ-18.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.2-1мс-ipsv-tr</t>
+          <t>ЗПЗ-18.2-1мс-ipsv-vn</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.2-1мс-ipsv-vn</t>
+          <t>ЗПЗ-18.3-1мс-ipsv-kp</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-18.3-1мс-ipsv-kp</t>
+          <t>ЗПЗ-19.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.2-1мс-ipsv</t>
+          <t>ЗПЗ-19.2-1фмб- ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.2-1фмб- ipsv-br</t>
+          <t>ЗПЗ-19.3-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.3-1мс-ipsv</t>
+          <t>ЗПЗ-19.3-1мс-ipsv-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.3-1мс-ipsv-ch</t>
+          <t>ЗПЗ-19.3-1мс-ipsv-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.3-1мс-ipsv-if</t>
+          <t>ЗПЗ-19.3-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-19.3-1мс-ipsv-tr</t>
+          <t>ЗПЗ-20.2-1фмб- ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.2-1фмб- ipsv-br</t>
+          <t>ЗПЗ-20.2-1фмб-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.2-1фмб-ipsv</t>
+          <t>ЗПЗ-20.2-1фмб-ipsv-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.2-1фмб-ipsv-ch</t>
+          <t>ЗПЗ-20.3-1-ipsv-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.3-1-ipsv-vs</t>
+          <t>ЗПЗ-20.3-1фмб-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.3-1фмб-ipsv</t>
+          <t>ЗПЗ-20.3-1фмб-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.3-1фмб-ipsv-br</t>
+          <t>ЗПЗ-20.3-1фмб-ipsv-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.3-1фмб-ipsv-ch</t>
+          <t>ЗПЗ-20.3-1фмб-ipsv-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>ЗПЗ-20.3-1фмб-ipsv-vs</t>
+          <t>ЗПІ-18-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-18-1мс-ict-if</t>
+          <t>ЗПІ-18.2-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-18.2-1мс-ict</t>
+          <t>ЗПІ-18.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-18.3-1мс-ict</t>
+          <t>ЗПІ-18.3-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-18.3-1мс-ict-if</t>
+          <t>ЗПІ-19.2-1мс-ict-ku</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-19.2-1мс-ict-ku</t>
+          <t>ЗПІ-19.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-19.3-1мс-ict</t>
+          <t>ЗПІ-19.3-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-19.3-1мс-ict-if</t>
+          <t>ЗПІ-20.2-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-20.2-1фмб-ict</t>
+          <t>ЗПІ-20.3-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-20.3-1фмб-ict</t>
+          <t>ЗПІ-20.3-1фмб-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
-          <t>ЗПІ-20.3-1фмб-ict-if</t>
+          <t>ЗСР-17.2-1мс-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-17.2-1мс-ist</t>
+          <t>ЗСР-19-1мс-ist-pl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-19-1мс-ist-pl</t>
+          <t>ЗСР-19.2-1мс-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-19.2-1мс-ist</t>
+          <t>ЗСР-19.2-1мс-ist-ku</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-19.2-1мс-ist-ku</t>
+          <t>ЗСР-19.2-1мс-ist-pl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-19.2-1мс-ist-pl</t>
+          <t>ЗСР-19.3-1мс-ist-pl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-19.3-1мс-ist-pl</t>
+          <t>ЗСР-20.2-1фмб-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-20.2-1фмб-ist</t>
+          <t>ЗСР-20.2-1фмб-ist-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-20.2-1фмб-ist-vs</t>
+          <t>ЗСР-20.3-1фмб-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-20.3-1фмб-ist</t>
+          <t>ЗСР-20.3-1фмб-ist-pl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-20.3-1фмб-ist-pl</t>
+          <t>ЗСР-20.3-1фмб-ist-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
-          <t>ЗСР-20.3-1фмб-ist-zh</t>
+          <t>ЗТО-17-1мс-ifmc-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-17-1мс-ifmc-ch</t>
+          <t>ЗТО-18.2-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-18.2-1мс-ifmc</t>
+          <t>ЗТО-18.2-1мс-ifmc-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-18.2-1мс-ifmc-ch</t>
+          <t>ЗТО-19-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-19-1мс-ifmc</t>
+          <t>ЗТО-19.2-1мс-ifmc-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-19.2-1мс-ifmc-ch</t>
+          <t>ЗТО-20.2-1фмб-ifmc-ch</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-20.2-1фмб-ifmc-ch</t>
+          <t>ЗТО-20.2.1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-20.2.1фмб-ifmc</t>
+          <t>ЗТО-20.3-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
-          <t>ЗТО-20.3-1фмб-ifmc</t>
+          <t>ЗТХ-19.3-2мс-iti</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
-          <t>ЗТХ-19.3-2мс-iti</t>
+          <t>ІІС-19-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
-          <t>ІІС-19-1фмб-ifmc</t>
+          <t>ІС-17-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
-          <t>ІС-17-1мс-ifmc</t>
+          <t>ІС-18-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
-          <t>ІС-18-1мс-ifmc</t>
+          <t>ІС-19-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
-          <t>ІС-19-1мс-ifmc</t>
+          <t>ІС-19.3-1мс-ifmc-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>ІС-19.3-1мс-ifmc-db</t>
+          <t>ІС-20-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>ІС-20-1фмб-ifmc</t>
+          <t>КІ-16-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>КІ-16-1мс-ict</t>
+          <t>КІ-17-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>КІ-17-1мс-ict</t>
+          <t>КІ-18-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>КІ-18-1мс-ict</t>
+          <t>КІ-18.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>КІ-18.3-1мс-ict</t>
+          <t>КІ-18.3-1мс-ict-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>КІ-18.3-1мс-ict-br</t>
+          <t>КІ-18.3-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>КІ-18.3-1мс-ict-if</t>
+          <t>КІ-19-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>КІ-19-1мс-ict</t>
+          <t>КІ-19-1мс-ict-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>КІ-19-1мс-ict-br</t>
+          <t>КІ-19-1мс-ict-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>КІ-19-1мс-ict-vs</t>
+          <t>КІ-19.2-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>КІ-19.2-1мс-ict</t>
+          <t>КІ-19.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>КІ-19.3-1мс-ict</t>
+          <t>КІ-19.3-1мс-ict-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>КІ-19.3-1мс-ict-br</t>
+          <t>КІ-20-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>КІ-20-1фмб-ict</t>
+          <t>КІ-20-1фмб-ict-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>КІ-20-1фмб-ict-br</t>
+          <t>КІ-20.2-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>КІ-20.2-1фмб-ict</t>
+          <t>КІ-20.3-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>КІ-20.3-1фмб-ict</t>
+          <t>КІ-20.3-1фмб-ict-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>КІ-20.3-1фмб-ict-db</t>
+          <t>КЛ-19-1мс-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>КЛ-19-1мс-cl</t>
+          <t>КЛ-19-1мс-cl-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>КЛ-19-1мс-cl-br</t>
+          <t>КЛ-19-1мс-cl-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>КЛ-19-1мс-cl-tr</t>
+          <t>КЛ-19-1мс-cl-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>КЛ-19-1мс-cl-vs</t>
+          <t>КЛ-20-1фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-1фмб-cl</t>
+          <t>КЛ-20-1фмб-cl-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-1фмб-cl-tr</t>
+          <t>КЛ-20-1фмб-cl-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-1фмб-cl-vs</t>
+          <t>КЛ-20-2фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-2фмб-cl</t>
+          <t>КЛ-20-2фмб-cl-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-2фмб-cl-tr</t>
+          <t>КЛ-20-3фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-3фмб-cl</t>
+          <t>КЛ-20-4фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-4фмб-cl</t>
+          <t>КЛ-20-4фмб-cl-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-4фмб-cl-vs</t>
+          <t>КЛ-20-5фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-5фмб-cl</t>
+          <t>КЛ-20-6фмб-cl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-6фмб-cl</t>
+          <t>КЛ-20-6фмб-cl-db</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-6фмб-cl-db</t>
+          <t>КЛ-20-6фмб-cl-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
-          <t>КЛ-20-6фмб-cl-vs</t>
+          <t>МК-17-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>МК-17-1мс-iem</t>
+          <t>МК-17-1мс-iem-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>МК-17-1мс-iem-br</t>
+          <t>МК-17-1мс-iem-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>МК-17-1мс-iem-vs</t>
+          <t>МК-18-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>МК-18-1мс-iem</t>
+          <t>МК-18-1мс-iem-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>МК-18-1мс-iem-br</t>
+          <t>МК-19-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>МК-19-1мс-iem</t>
+          <t>МК-19-1мс-iem-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>МК-19-1мс-iem-vs</t>
+          <t>МК-20-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>МК-20-1фмб-iem</t>
+          <t>МК-20.3-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>МК-20.3-1фмб-iem</t>
+          <t>МК-20.3-1фмб-iem-zh</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>МК-20.3-1фмб-iem-zh</t>
+          <t>ОО-17-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>ОО-17-1мс-iem</t>
+          <t>ОО-17-1мс-iem-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>ОО-17-1мс-iem-br</t>
+          <t>ОО-18-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>ОО-18-1мс-iem</t>
+          <t>ОО-18-1мс-iem-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>ОО-18-1мс-iem-vs</t>
+          <t>ОО-19-1мс-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>ОО-19-1мс-iem</t>
+          <t>ОО-19-1мс-iem-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>ОО-19-1мс-iem-br</t>
+          <t>ОО-20-1фмб-iem</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>ОО-20-1фмб-iem</t>
+          <t>ПЗ-17.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-17.2-1мс-ipsv</t>
+          <t>ПЗ-17.2-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-17.2-1мс-ipsv-br</t>
+          <t>ПЗ-17.2-1мс-ipsv-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-17.2-1мс-ipsv-if</t>
+          <t>ПЗ-17.2-1мс-ipsv-kp</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-17.2-1мс-ipsv-kp</t>
+          <t>ПЗ-17.2-1мс-ipsv-mk</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-17.2-1мс-ipsv-mk</t>
+          <t>ПЗ-18-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18-1мс-ipsv</t>
+          <t>ПЗ-18.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18.2-1мс-ipsv</t>
+          <t>ПЗ-18.2-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>ПЗ-18.2-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18.2-1мс-ipsv-br</t>
+          <t>ПЗ-18.2-1мс-ipsv-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18.2-1мс-ipsv-if</t>
+          <t>ПЗ-18.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>ПЗ-18.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>ПЗ-18.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18.2-1мс-ipsv-tr</t>
+          <t>ПЗ-18.2-1мс-ipsv-vn</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-18.2-1мс-ipsv-vn</t>
+          <t>ПЗ-19-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>ПЗ-19-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19-1мс-ipsv</t>
+          <t>ПЗ-19-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19-1мс-ipsv-br</t>
+          <t>ПЗ-19.2-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1мс-ipsv</t>
+          <t>ПЗ-19.2-1мс-ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1мс-ipsv-br</t>
+          <t>ПЗ-19.2-1мс-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1мс-ipsv-tr</t>
+          <t>ПЗ-19.2-1мс-ipsv-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1мс-ipsv-vs</t>
+          <t>ПЗ-19.2-1фмб- ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1фмб- ipsv</t>
+          <t>ПЗ-19.2-1фмб-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.2-1фмб-ipsv-tr</t>
+          <t>ПЗ-19.3-1мс-ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-19.3-1мс-ipsv</t>
+          <t>ПЗ-20-1фмб- ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20-1фмб- ipsv</t>
+          <t>ПЗ-20-1фмб- ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20-1фмб- ipsv-br</t>
+          <t>ПЗ-20.2-1мс- ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20.2-1мс- ipsv</t>
+          <t>ПЗ-20.2-1фмб- ipsv</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20.2-1фмб- ipsv</t>
+          <t>ПЗ-20.2-1фмб- ipsv-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20.2-1фмб- ipsv-br</t>
+          <t>ПЗ-20.2-1фмб-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20.2-1фмб-ipsv-tr</t>
+          <t>ПЗ-20.3-1фмб-ipsv-tr</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
-          <t>ПЗ-20.3-1фмб-ipsv-tr</t>
+          <t>ПІ-16-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
-          <t>ПІ-16-1мс-ict</t>
+          <t>ПІ-17-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
-          <t>ПІ-17-1мс-ict</t>
+          <t>ПІ-17-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
-          <t>ПІ-17-1фмб-ict</t>
+          <t>ПІ-18-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
-          <t>ПІ-18-1мс-ict</t>
+          <t>ПІ-18.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
-          <t>ПІ-18.3-1мс-ict</t>
+          <t>ПІ-18.3-1мс-ict-br</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
-          <t>ПІ-18.3-1мс-ict-br</t>
+          <t>ПІ-19-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
-          <t>ПІ-19-1мс-ict</t>
+          <t>ПІ-19.2-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
-          <t>ПІ-19.2-1мс-ict</t>
+          <t>ПІ-19.2-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
-          <t>ПІ-19.2-1мс-ict-if</t>
+          <t>ПІ-19.3-1мс-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
-          <t>ПІ-19.3-1мс-ict</t>
+          <t>ПІ-19.3-1мс-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
-          <t>ПІ-19.3-1мс-ict-if</t>
+          <t>ПІ-20-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
-          <t>ПІ-20-1фмб-ict</t>
+          <t>ПІ-20.2-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
-          <t>ПІ-20.2-1фмб-ict</t>
+          <t>ПІ-20.3-1фмб-ict</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
-          <t>ПІ-20.3-1фмб-ict</t>
+          <t>ПІ-20.3-1фмб-ict-if</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
-          <t>ПІ-20.3-1фмб-ict-if</t>
+          <t>СР-17-1мс-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
-          <t>СР-17-1мс-ist</t>
+          <t>СР-18-1мс-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
-          <t>СР-18-1мс-ist</t>
+          <t>СР-19-1мс-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
-          <t>СР-19-1мс-ist</t>
+          <t>СР-20.2-1фмб-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
-          <t>СР-20.2-1фмб-ist</t>
+          <t>СР-20.2-1фмб-ist-pl</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
-          <t>СР-20.2-1фмб-ist-pl</t>
+          <t>СР-20.2-1фмб-ist-vs</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
-          <t>СР-20.2-1фмб-ist-vs</t>
+          <t>ТО-16-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
-          <t>ТО-16-1мс-ifmc</t>
+          <t>ТО-17-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
-          <t>ТО-17-1мс-ifmc</t>
+          <t>ТО-18-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
-          <t>ТО-18-1мс-ifmc</t>
+          <t>ТО-20-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
-          <t>ТО-20-1фмб-ifmc</t>
+          <t>ТО-20.2-1фмб-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
-          <t>ТО-20.2-1фмб-ifmc</t>
+          <t>ТУ-19-1мс-ifmc</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
-          <t>ТУ-19-1мс-ifmc</t>
+          <t>СР-20-1фмб-ist</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
-          <t>СР-20-1фмб-ist</t>
+          <t>Фаховий коледж "Освіта"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Фаховий коледж "Освіта"</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
-[...5 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:A217"/>
+  <autoFilter ref="A1:A216"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2081,51 +2074,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>100</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -3249,51 +3242,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -6082,414 +6075,414 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>185</v>
+        <v>235</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -6511,87 +6504,87 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -6610,51 +6603,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -6742,51 +6735,51 @@
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -6874,51 +6867,51 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>