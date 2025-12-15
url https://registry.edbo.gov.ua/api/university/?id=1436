--- v1 (2025-12-09)
+++ v2 (2025-12-15)
@@ -6669,51 +6669,51 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>