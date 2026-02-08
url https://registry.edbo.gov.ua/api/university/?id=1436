--- v2 (2025-12-15)
+++ v3 (2026-02-08)
@@ -6075,84 +6075,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -6207,84 +6207,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -6306,84 +6306,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -6471,51 +6471,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -6537,282 +6537,282 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>94</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F20" s="8" t="n">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -6834,87 +6834,87 @@
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F26" s="8" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">