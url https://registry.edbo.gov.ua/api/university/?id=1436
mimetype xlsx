--- v3 (2026-02-08)
+++ v4 (2026-03-26)
@@ -6075,51 +6075,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -6141,183 +6141,183 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -6339,51 +6339,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -6405,414 +6405,414 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F20" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -6834,87 +6834,87 @@
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
         <v>103</v>
       </c>
       <c r="F26" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">