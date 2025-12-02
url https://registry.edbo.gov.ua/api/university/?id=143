--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -556,51 +556,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>96</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -686,51 +686,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -2457,51 +2457,51 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -2556,84 +2556,84 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -2784,51 +2784,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>