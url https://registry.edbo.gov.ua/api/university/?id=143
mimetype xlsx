--- v1 (2025-12-02)
+++ v2 (2026-02-04)
@@ -2457,51 +2457,51 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>