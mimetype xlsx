--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -2731,51 +2731,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -2896,88 +2896,88 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>