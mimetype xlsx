--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -2731,51 +2731,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -2833,81 +2833,81 @@
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>45</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>209</v>
+        <v>184</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
@@ -2933,51 +2933,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>