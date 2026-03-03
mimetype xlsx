--- v0 (2025-12-29)
+++ v1 (2026-03-03)
@@ -303,51 +303,51 @@
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>88015</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA21100230010016545</t>
         </is>
@@ -1935,121 +1935,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>