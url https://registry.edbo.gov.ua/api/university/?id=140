--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$62</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$210</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$141</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$122</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -419,63 +419,63 @@
         <is>
           <t>cstu@stu.cn.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>stu.cn.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Новомлинець Олег Олександрович</t>
+          <t>Кальченко Володимир Віталійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -8623,55 +8623,55 @@
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>53417</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Дизайн візуальних комунікацій</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H105" s="7" t="inlineStr">
         <is>
-          <t>- 9402</t>
+          <t>- 19647</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
-        <v>45987</v>
+        <v>48030</v>
       </c>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D106" s="3"/>
@@ -8713,55 +8713,55 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>53465</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Психологія бізнесу</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 9465</t>
+          <t>- 18851</t>
         </is>
       </c>
       <c r="I107" s="9" t="n">
-        <v>46001</v>
+        <v>46344</v>
       </c>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D108" s="3"/>
@@ -9615,54 +9615,56 @@
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
         <v>62746</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
           <t>Екологічна безпека</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I127" s="9"/>
+          <t>- 18893</t>
+        </is>
+      </c>
+      <c r="I127" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J127" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
@@ -9793,100 +9795,100 @@
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>35717</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t>- 975</t>
+          <t>- 19292</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>59717</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
-          <t>- 975</t>
+          <t>- 19292</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J132" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D133" s="3"/>
@@ -11041,51 +11043,51 @@
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>88101</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Аналітика суспільно-політичних процесів</t>
+          <t>Філософія глобальної безпеки та суспільних трансформацій</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I159" s="9"/>
       <c r="J159" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
@@ -11141,105 +11143,101 @@
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>84510</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 12588</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
         <v>87247</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
-          <t>- 12588</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I162" s="9"/>
       <c r="J162" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
@@ -11284,56 +11282,54 @@
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>86283</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Психологія та інтегральне мислення</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 14724</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
@@ -12685,101 +12681,97 @@
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
         <v>37187</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t>- 10325</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I195" s="9"/>
       <c r="J195" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>59903</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 10363</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I196" s="9"/>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
@@ -12820,55 +12812,55 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
         <v>37189</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t>- 10320</t>
+          <t>- 19416</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46059</v>
+        <v>46379</v>
       </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D199" s="3"/>
@@ -13043,56 +13035,54 @@
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>70967</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>- 10974</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
@@ -13221,56 +13211,54 @@
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
         <v>71000</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
-          <t>- 10975</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
@@ -13382,51 +13370,51 @@
       </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K210"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I141"/>
+  <dimension ref="A1:I122"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -13467,51 +13455,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
@@ -13537,88 +13525,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -13644,54 +13632,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -13746,51 +13734,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>39</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -13875,54 +13863,54 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -13941,51 +13929,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -14007,121 +13995,121 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G14</t>
         </is>
       </c>
@@ -14176,84 +14164,84 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -14308,117 +14296,117 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -14444,150 +14432,150 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -14609,158 +14597,158 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -14782,51 +14770,51 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -14881,87 +14869,87 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -14983,117 +14971,117 @@
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>30</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -15112,282 +15100,282 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -15409,150 +15397,150 @@
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -15574,253 +15562,253 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -15842,84 +15830,84 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -15941,117 +15929,117 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -16080,84 +16068,84 @@
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -16275,84 +16263,84 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -16374,87 +16362,87 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -16572,51 +16560,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -16671,84 +16659,84 @@
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -16793,1364 +16781,737 @@
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F109" s="6" t="n">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>F5</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Деревообробні та меблеві технології</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
+        <v>18</v>
+      </c>
+      <c r="F121" s="6" t="n">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
-[...625 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I141"/>
+  <autoFilter ref="A1:I122"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>