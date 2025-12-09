--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -2099,117 +2099,117 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -2363,51 +2363,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>5.05160201</t>
         </is>
       </c>