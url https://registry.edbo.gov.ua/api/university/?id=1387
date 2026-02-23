--- v1 (2025-12-09)
+++ v2 (2026-02-23)
@@ -2135,147 +2135,147 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>48</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>