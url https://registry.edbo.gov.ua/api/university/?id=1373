--- v0 (2025-12-07)
+++ v1 (2026-02-11)
@@ -316,135 +316,135 @@
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Обласна державна адміністрація</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>08073</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA32140010140022825</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>Київська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>с. Яблунівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Івана Мазепи, 15</t>
+          <t>вул. Миру, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044) 2807692; 2907692; 2544246</t>
+          <t>+38(044)-280-76-92</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>academy@chubynsky.best, koukim@ukr.net</t>
+          <t>academy@chubynsky.best</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>https://www.chubynsky.best/</t>
+          <t>www.chubynsky.best</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Романчишин Василь Григорович</t>
         </is>
@@ -3056,51 +3056,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
@@ -3361,51 +3361,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>