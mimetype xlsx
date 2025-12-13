--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -2126,93 +2126,97 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>34784</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I2" s="9"/>
+          <t>- 18943</t>
+        </is>
+      </c>
+      <c r="I2" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>62476</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I3" s="9"/>
+          <t>- 18947</t>
+        </is>
+      </c>
+      <c r="I3" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
@@ -3678,54 +3682,56 @@
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>34847</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I40" s="9"/>
+          <t>- 19294</t>
+        </is>
+      </c>
+      <c r="I40" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
@@ -4629,51 +4635,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -4692,51 +4698,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>74</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -4794,117 +4800,117 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -4964,51 +4970,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -5063,352 +5069,352 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -5570,54 +5576,54 @@
       <c r="H29" s="6" t="n">
         <v>5</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -5639,121 +5645,121 @@
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
+        <v>18</v>
+      </c>
+      <c r="F33" s="6" t="n">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -6047,84 +6053,84 @@
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -6176,54 +6182,54 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
@@ -6249,51 +6255,51 @@
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -6385,51 +6391,51 @@
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
@@ -6448,51 +6454,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I56"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>