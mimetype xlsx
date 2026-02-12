--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$58</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$56</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -495,51 +495,51 @@
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Коледж Приватного закладу вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
+          <t>Відокремлений структурний підрозділ «Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2744</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="D2" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
@@ -970,170 +970,172 @@
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
           <t>УП 15011666</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 06.09.2021 № 159-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="H7" s="9"/>
+      <c r="H7" s="9" t="n">
+        <v>46368</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 16.01.2023 № 20-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>УП 15011667</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2023 № 278-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t>УП 15011667</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 16.01.2023 № 20-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
@@ -1364,91 +1366,95 @@
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H16" s="9"/>
+          <t>УП 15009101</t>
+        </is>
+      </c>
+      <c r="H16" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 03.07.2023 № 278-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F17" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H17" s="9"/>
+          <t>УП 15009101</t>
+        </is>
+      </c>
+      <c r="H17" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 06.09.2021 № 159-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L12"/>
   <sheetViews>
@@ -2019,51 +2025,51 @@
       </c>
       <c r="K12" s="9"/>
       <c r="L12" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 24.07.2015 протокол № 118, наказ МОН від 28.07.2015 № 1709л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K59"/>
+  <dimension ref="A1:K58"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2423,51 +2429,51 @@
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>15896</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>НІ 1595385</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>16738</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -2497,51 +2503,51 @@
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>35113</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t>УП 15011666</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
@@ -2573,178 +2579,182 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>27173</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>УП 15002785</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46368</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>55846</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>УП 15002785</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>46368</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>35984</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
           <t>УП 15011667</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>62347</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t>УП 15011667</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D17" s="3"/>
@@ -3393,1189 +3403,1156 @@
       <c r="E33" s="6" t="n">
         <v>70138</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>J8</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Автомобільний транспорт</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>70608</v>
+        <v>29809</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...2 lines deleted...]
-      <c r="G34" s="3"/>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="G34" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K34" s="9"/>
+          <t>УП 15008247</t>
+        </is>
+      </c>
+      <c r="K34" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>29809</v>
+        <v>29810</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
-          <t>УП 15008247</t>
+          <t>УП 15003388</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>29810</v>
+        <v>59983</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
-          <t>УП 15003388</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>59983</v>
+        <v>36150</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G37" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>36150</v>
+        <v>29798</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G38" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>УП 15003389</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K38" s="9"/>
+          <t>УП 15003389</t>
+        </is>
+      </c>
+      <c r="K38" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>29798</v>
+        <v>34847</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I39" s="9"/>
+          <t>- 19294</t>
+        </is>
+      </c>
+      <c r="I39" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
-          <t>УП 15003389</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>226</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>34847</v>
+        <v>34871</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="7" t="inlineStr">
         <is>
-          <t>- 19294</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>34871</v>
+        <v>29812</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H41" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I41" s="9"/>
+          <t>УП 15009101</t>
+        </is>
+      </c>
+      <c r="I41" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D42" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>62348</v>
+      </c>
+      <c r="F42" s="3" t="inlineStr">
+        <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
-      <c r="D42" s="3"/>
-[...7 lines deleted...]
-      </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>УП 15009101</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46387</v>
+      </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>229</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Громадське здоров`я</t>
+        </is>
+      </c>
+      <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>62348</v>
+        <v>36151</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>36151</v>
+        <v>29813</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров`я</t>
+          <t>Готельно - ресторанна справа</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- ОА-06-190/13.03.2025/3</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>47190</v>
+      </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>29813</v>
+        <v>29815</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Готельно - ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- ОА-06-190/13.03.2025/3</t>
+          <t>- ОА-06-190/13.03.2025/4</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
         <v>47190</v>
       </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>29815</v>
+        <v>60736</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t>- ОА-06-190/13.03.2025/4</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
         <v>47190</v>
       </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>60736</v>
+        <v>70126</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- ОА-06-190/13.03.2025/4</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>70126</v>
+        <v>70143</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>70143</v>
+        <v>70150</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>70150</v>
+        <v>70141</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I50" s="9"/>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>70141</v>
+        <v>70147</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
-[...2 lines deleted...]
-      <c r="D52" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D52" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E52" s="6" t="n">
-        <v>70147</v>
+        <v>70151</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I8</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Фармація</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
-        <v>70151</v>
+        <v>70149</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>I8</t>
+          <t>I9</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Фармація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Громадське здоров'я</t>
+        </is>
+      </c>
+      <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>70149</v>
+        <v>70148</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Фармація, промислова фармація</t>
+          <t>Громадське здоров'я</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>I9</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров'я</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>70148</v>
+        <v>70137</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Громадське здоров'я</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>70137</v>
+        <v>70139</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>70139</v>
+        <v>56262</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>56262</v>
+        <v>70154</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
-[...41 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K59"/>
+  <autoFilter ref="A1:K58"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4698,219 +4675,219 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -4970,51 +4947,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -5069,252 +5046,252 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -5333,157 +5310,157 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
@@ -5543,223 +5520,223 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
+        <v>19</v>
+      </c>
+      <c r="F30" s="6" t="n">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -6050,290 +6027,290 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -6355,84 +6332,84 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>229</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Громадське здоров`я</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>