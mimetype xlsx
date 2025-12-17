--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -2344,51 +2344,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -2410,84 +2410,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I4</t>
         </is>
       </c>
@@ -2550,51 +2550,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
@@ -2616,51 +2616,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
@@ -2682,88 +2682,88 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>75</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>