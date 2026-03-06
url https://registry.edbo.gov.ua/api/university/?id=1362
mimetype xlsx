--- v1 (2025-12-17)
+++ v2 (2026-03-06)
@@ -731,51 +731,51 @@
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Лікар-стоматолог</t>
         </is>
       </c>
       <c r="F5" s="8" t="n">
         <v>150</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
           <t> 11682</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 31.03.2025 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
@@ -891,90 +891,90 @@
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Провізор</t>
         </is>
       </c>
       <c r="F9" s="8" t="n">
         <v>200</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t> 11684</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 31.03.2025 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Лікар-стоматолог</t>
         </is>
       </c>
       <c r="F10" s="8" t="n">
         <v>150</v>
       </c>
       <c r="G10" s="7" t="inlineStr">
         <is>
           <t> 3989</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
@@ -1045,51 +1045,51 @@
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>Провізор</t>
         </is>
       </c>
       <c r="F13" s="8" t="n">
         <v>154</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
           <t> 3990</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
@@ -1783,51 +1783,51 @@
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>22135</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Лікар-стоматолог</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>- 3989</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D6" s="3"/>
@@ -1916,51 +1916,51 @@
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
         <v>22156</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Провізор</t>
         </is>
       </c>
       <c r="G8" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t>- 3990</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
@@ -2008,51 +2008,51 @@
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>66076</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Лікар-стоматолог</t>
         </is>
       </c>
       <c r="G10" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t>- 11682</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -2192,51 +2192,51 @@
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
         <v>66085</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Провізор</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H14" s="7" t="inlineStr">
         <is>
           <t>- 11684</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
@@ -2307,88 +2307,88 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -2410,51 +2410,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
@@ -2550,117 +2550,117 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>225</t>
         </is>
       </c>
@@ -2685,88 +2685,88 @@
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>3</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>