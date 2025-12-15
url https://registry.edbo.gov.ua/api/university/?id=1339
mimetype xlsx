--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -521,51 +521,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>315</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.04.2021 № 49-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -651,51 +651,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право інформаційної безпеки</t>
         </is>
       </c>
@@ -719,54 +719,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Контррозвідувальна діяльність у сфері забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>250</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t> 18753</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 18.04.2025 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
@@ -948,51 +950,53 @@
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Контррозвідувальний захист інтересів держави у сфері інформаційної та кібербезпеки</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
-      <c r="H9" s="9"/>
+      <c r="H9" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.03.2025 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
@@ -1362,51 +1366,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>7.16010202</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -2032,54 +2036,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>66384</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Контррозвідувальна діяльність у сфері забезпечення державної безпеки</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>- 18753</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
@@ -2742,54 +2748,56 @@
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>78450</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Переклад в оперативно-службовій діяльності органів державної безпеки</t>
         </is>
       </c>
       <c r="G30" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>- 18752</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
@@ -2871,54 +2879,56 @@
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>66413</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Контррозвідувальна діяльність органів державної безпеки</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>- 18754</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
@@ -3453,51 +3463,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>57</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -3523,84 +3533,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Кіберзахист, забезпечення державної безпеки в інформаційній сфері</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>104</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -3625,187 +3635,187 @@
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Кіберзахист, забезпечення державної безпеки в інформаційній сфері</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>K1</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
@@ -3860,51 +3870,51 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>251</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>