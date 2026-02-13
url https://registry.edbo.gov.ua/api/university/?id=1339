--- v1 (2025-12-15)
+++ v2 (2026-02-13)
@@ -3430,289 +3430,289 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>39</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Кіберзахист, забезпечення державної безпеки в інформаційній сфері</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>104</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>256</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
@@ -3870,84 +3870,84 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>251</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Державна безпека</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">