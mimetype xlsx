--- v0 (2025-10-22)
+++ v1 (2026-02-08)
@@ -3239,54 +3239,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
         <v>54480</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Розробка web-орієнтованого програмного забезпечення</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>- 0</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>46330</v>
+      </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
@@ -4565,84 +4567,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -4767,51 +4769,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>