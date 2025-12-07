--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -550,51 +550,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>490</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -680,51 +680,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Управління діями підрозділів десантно-штурмових військ</t>
         </is>
       </c>