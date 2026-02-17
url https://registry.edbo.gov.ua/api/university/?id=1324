--- v1 (2025-12-07)
+++ v2 (2026-02-17)
@@ -900,54 +900,56 @@
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Управління діями підрозділів десантно-штурмових військ</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>150</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t>АД 16009185</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>