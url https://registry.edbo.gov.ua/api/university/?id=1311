--- v0 (2025-11-03)
+++ v1 (2026-03-01)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$115</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$82</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$70</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2563,55 +2563,55 @@
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>32388</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t>- 13711</t>
+          <t>- 19964</t>
         </is>
       </c>
       <c r="I23" s="9" t="n">
-        <v>46183</v>
+        <v>46435</v>
       </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t>НД 1996419</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
@@ -4196,54 +4196,56 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>64102</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Педагогіка вищої школи</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I60" s="9"/>
+          <t>- 18840</t>
+        </is>
+      </c>
+      <c r="I60" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
@@ -4331,55 +4333,55 @@
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>14841</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
-          <t>УД 19003280</t>
+          <t>- 19432</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
@@ -4482,51 +4484,51 @@
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>33193</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Біологія та здоров`я людини та природознавство)</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="7" t="inlineStr">
         <is>
           <t>- 968</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
@@ -5162,54 +5164,56 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>63764</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I80" s="9"/>
+          <t>- 19472</t>
+        </is>
+      </c>
+      <c r="I80" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
@@ -5432,55 +5436,55 @@
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>80369</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="7" t="inlineStr">
         <is>
-          <t>УД 19003280</t>
+          <t>- 19432</t>
         </is>
       </c>
       <c r="I86" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
@@ -6801,51 +6805,51 @@
       <c r="I115" s="9"/>
       <c r="J115" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K115"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I82"/>
+  <dimension ref="A1:I70"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -6922,51 +6926,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7141,51 +7145,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -7252,51 +7256,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -7436,51 +7440,51 @@
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -7499,87 +7503,87 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -7643,51 +7647,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -7717,51 +7721,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -7902,162 +7906,162 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -8124,121 +8128,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Технологія виробів легкої промисловості</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -8548,51 +8552,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -8655,95 +8659,95 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та зварювання</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
@@ -8765,51 +8769,51 @@
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -8851,942 +8855,522 @@
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D58" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D58" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E58" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D59" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D59" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E59" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
+        <v>25</v>
+      </c>
+      <c r="F65" s="6" t="n">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
-      <c r="D68" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
-[...394 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I82"/>
+  <autoFilter ref="A1:I70"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>