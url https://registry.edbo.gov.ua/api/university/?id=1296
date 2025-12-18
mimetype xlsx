--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -3403,51 +3403,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -3601,51 +3601,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>17</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -3667,51 +3667,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -3733,51 +3733,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>