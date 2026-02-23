--- v1 (2025-12-18)
+++ v2 (2026-02-23)
@@ -3403,84 +3403,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -3535,51 +3535,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3634,150 +3634,150 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>