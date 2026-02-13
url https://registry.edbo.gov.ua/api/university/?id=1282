--- v0 (2025-12-22)
+++ v1 (2026-02-13)
@@ -1547,436 +1547,444 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>40307</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Вокальне мистецтво</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t>НД 1190361</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>27529</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Циркові жанри</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 4277</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НД 1190360</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>40311</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Режисура</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t>НД 1190360</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>49656</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Акторське мистецтво</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t>НД 1190360</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>80727</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Вокальне мистецтво</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t>АК 11021376</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>80729</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Акторське мистецтво</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K8" s="9"/>
+          <t>НД 1190360</t>
+        </is>
+      </c>
+      <c r="K8" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>80731</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Режисура</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K9" s="9"/>
+          <t>НД 1190360</t>
+        </is>
+      </c>
+      <c r="K9" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>80728</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K10" s="9"/>
+          <t>НД 1190360</t>
+        </is>
+      </c>
+      <c r="K10" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Циркове мистецтво</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>80730</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Циркові жанри</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t>- 18598</t>
         </is>
       </c>
       <c r="I11" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K11" s="9"/>
+          <t>НД 1190360</t>
+        </is>
+      </c>
+      <c r="K11" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>40313</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G12" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t>НД 1190363</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>40380</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
@@ -2018,54 +2026,56 @@
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>80733</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K14" s="9"/>
+          <t>НД 1190363</t>
+        </is>
+      </c>
+      <c r="K14" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>80734</v>
       </c>
@@ -2547,88 +2557,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Циркове мистецтво</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2654,117 +2664,117 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>