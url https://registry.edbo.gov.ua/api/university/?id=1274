--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -3371,84 +3371,84 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -3566,87 +3566,87 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>