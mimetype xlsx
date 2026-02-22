--- v1 (2025-12-19)
+++ v2 (2026-02-22)
@@ -3566,51 +3566,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>