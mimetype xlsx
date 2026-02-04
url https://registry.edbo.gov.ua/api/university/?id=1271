--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$37</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$86</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$46</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$47</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -847,51 +847,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>852</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -977,85 +977,87 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H2" s="9"/>
+          <t> I-1825-2/1</t>
+        </is>
+      </c>
+      <c r="H2" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.06.2025 № 84-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
@@ -1084,54 +1086,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t> I-1825-2/5</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.06.2025 № 84-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
@@ -2396,226 +2400,236 @@
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>85951</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Філологія: Переклад (англійська)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>- I-1823-2/1</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УП 04019469</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>85952</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Мова та література (англійська) Мас-медіа технології</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>- I-1823-2/3</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t>УП 04019469</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>85960</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>- I-1825-2/4</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t>УП 04019467</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>86927</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Психологічна допомога та корекційно-розвивальна робота</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>- I-1824-2/1</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t>УП 04019465</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
         <v>47300</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>85953</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>- I-1826-2/4</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t>УП 04019463</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
@@ -2691,134 +2705,140 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>85956</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>- I-1826-2/1</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t>УП 04019461</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>85961</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>- I-1826-2/3</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>86040</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>- I-1825-2/1</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
@@ -2931,54 +2951,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>85962</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>- I-1826-2/5</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
@@ -3994,422 +4016,440 @@
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>85963</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Мова та література (англійська). Медіакомунікації у міжнародних відносинах</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>- I-1823-2/6</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t>УП 04019468</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>86008</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Переклад (англійська)</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I66" s="9"/>
+          <t>- I-1823-2/4</t>
+        </is>
+      </c>
+      <c r="I66" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t>УП 04019468</t>
         </is>
       </c>
       <c r="K66" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
         <v>86009</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- I-1825-2/7</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t>УП 04019470</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
         <v>86016</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I68" s="9"/>
+          <t>- I-1825-2/8</t>
+        </is>
+      </c>
+      <c r="I68" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>УП 04019470</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>86010</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I69" s="9"/>
+          <t>- I-1825-2/6</t>
+        </is>
+      </c>
+      <c r="I69" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>86928</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Психологічна допомога та відновлення</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- I-1824-2/3</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>86011</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I71" s="9"/>
+          <t>- I-1826-2/7</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t>УП 04019464</t>
         </is>
       </c>
       <c r="K71" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>86012</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I72" s="9"/>
+          <t>- I-1826-2/9</t>
+        </is>
+      </c>
+      <c r="I72" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>УП 04019462</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>86013</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I73" s="9"/>
+          <t>- I-1826-2/10</t>
+        </is>
+      </c>
+      <c r="I73" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t>УП 04019462</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
@@ -4452,97 +4492,101 @@
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>86015</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H75" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I75" s="9"/>
+          <t>- I-1826-2/6</t>
+        </is>
+      </c>
+      <c r="I75" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>86041</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I76" s="9"/>
+          <t>- I-1825-2/5</t>
+        </is>
+      </c>
+      <c r="I76" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
@@ -4716,54 +4760,56 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>52650</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H81" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I81" s="9"/>
+          <t>- 19177</t>
+        </is>
+      </c>
+      <c r="I81" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J81" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
@@ -4961,51 +5007,51 @@
       <c r="I86" s="9"/>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K86"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5050,133 +5096,133 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
@@ -5186,51 +5232,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>19</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
@@ -5288,217 +5334,217 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -5520,51 +5566,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -5751,88 +5797,88 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -5898,147 +5944,147 @@
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -6093,87 +6139,87 @@
       <c r="H32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -6196,117 +6242,117 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>24</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -6328,60 +6374,60 @@
       <c r="H39" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>13</v>
       </c>
@@ -6417,176 +6463,209 @@
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F46" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H46" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I46" s="6" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B47" s="7" t="inlineStr">
+        <is>
+          <t>076</t>
+        </is>
+      </c>
+      <c r="C47" s="3" t="inlineStr">
+        <is>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
+        </is>
+      </c>
+      <c r="D47" s="3"/>
+      <c r="E47" s="6" t="n">
+        <v>19</v>
+      </c>
+      <c r="F47" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="G46" s="6" t="n">
-[...5 lines deleted...]
-      <c r="I46" s="6" t="n">
+      <c r="G47" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H47" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I46"/>
+  <autoFilter ref="A1:I47"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>