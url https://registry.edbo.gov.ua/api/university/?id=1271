--- v1 (2026-02-04)
+++ v2 (2026-03-26)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$37</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$86</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$43</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2031,54 +2031,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>59638</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>- I-1826-2/3</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
@@ -2316,54 +2318,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>58692</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I27" s="9"/>
+          <t>- I-1826-2/5</t>
+        </is>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>46660</v>
+      </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
@@ -3881,96 +3885,96 @@
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>47084</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H62" s="7" t="inlineStr">
         <is>
           <t>- 5831</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>59637</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t>- 5831</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D64" s="3"/>
@@ -4631,96 +4635,96 @@
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>86019</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t>- 18029</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>39124</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t>- 1310</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D80" s="3"/>
@@ -4852,51 +4856,51 @@
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>86021</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t>- 18031</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D84" s="3"/>
@@ -5007,51 +5011,51 @@
       <c r="I86" s="9"/>
       <c r="J86" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K86" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K86"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5145,84 +5149,84 @@
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
@@ -5334,187 +5338,187 @@
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -5566,84 +5570,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
@@ -5867,167 +5871,167 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>0</v>
       </c>
@@ -6139,51 +6143,51 @@
       <c r="H32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -6209,463 +6213,331 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
-[...130 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I47"/>
+  <autoFilter ref="A1:I43"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>