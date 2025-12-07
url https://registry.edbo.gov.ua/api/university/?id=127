--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -16196,51 +16196,51 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>13</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -16370,84 +16370,84 @@
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
@@ -16626,51 +16626,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>108</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -17013,121 +17013,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Промисловий дизайн</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -17251,51 +17251,51 @@
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>93</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -17413,51 +17413,51 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -17545,51 +17545,51 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -17644,51 +17644,51 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -17941,117 +17941,117 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>1064</v>
+        <v>1050</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>1384</v>
+        <v>1368</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
@@ -18076,51 +18076,51 @@
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -18389,51 +18389,51 @@
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -18584,51 +18584,51 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -18753,54 +18753,54 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -18992,51 +18992,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -19091,51 +19091,51 @@
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F99" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -19157,51 +19157,51 @@
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -19223,87 +19223,87 @@
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -19718,117 +19718,117 @@
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>87</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
@@ -20414,81 +20414,81 @@
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>6</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -20609,51 +20609,51 @@
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -20741,51 +20741,51 @@
       <c r="H148" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -20816,150 +20816,150 @@
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
         <v>10</v>
       </c>