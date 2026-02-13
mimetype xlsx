--- v1 (2025-12-07)
+++ v2 (2026-02-13)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$91</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$235</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$155</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$145</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -9740,55 +9740,55 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>6059</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H102" s="7" t="inlineStr">
         <is>
-          <t>УД 11001451</t>
+          <t>- 19663</t>
         </is>
       </c>
       <c r="I102" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J102" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
@@ -9963,56 +9963,54 @@
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>57669</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H107" s="7" t="inlineStr">
         <is>
-          <t>- 10098</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I107" s="9"/>
       <c r="J107" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
@@ -10276,55 +10274,55 @@
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>49346</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="7" t="inlineStr">
         <is>
-          <t>УД 11003273</t>
+          <t>- 19517</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J114" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
@@ -10724,54 +10722,56 @@
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>59809</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I124" s="9"/>
+          <t>- 19744</t>
+        </is>
+      </c>
+      <c r="I124" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J124" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
@@ -10947,234 +10947,244 @@
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>5279</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Теплогазопостачання і вентиляція</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I129" s="9"/>
+          <t>- 19758</t>
+        </is>
+      </c>
+      <c r="I129" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t>НД 1193597</t>
         </is>
       </c>
       <c r="K129" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>5450</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Водопостачання та водовідведення</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I130" s="9"/>
+          <t>- 19745</t>
+        </is>
+      </c>
+      <c r="I130" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J130" s="7" t="inlineStr">
         <is>
           <t>НД 1193597</t>
         </is>
       </c>
       <c r="K130" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>5969</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Міське будівництво та господарство</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I131" s="9"/>
+          <t>- 19748</t>
+        </is>
+      </c>
+      <c r="I131" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J131" s="7" t="inlineStr">
         <is>
           <t>НД 1193597</t>
         </is>
       </c>
       <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
         <v>7752</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Промислове і цивільне будівництво</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I132" s="9"/>
+          <t>- 19747</t>
+        </is>
+      </c>
+      <c r="I132" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J132" s="7" t="inlineStr">
         <is>
           <t>НД 1193597</t>
         </is>
       </c>
       <c r="K132" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>7942</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Технології будівельних конструкцій, виробів і матеріалів</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I133" s="9"/>
+          <t>- 19746</t>
+        </is>
+      </c>
+      <c r="I133" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t>НД 1193597</t>
         </is>
       </c>
       <c r="K133" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
@@ -11487,99 +11497,103 @@
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>5060</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Геоінформаційні системи і технології</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I141" s="9"/>
+          <t>- 19755</t>
+        </is>
+      </c>
+      <c r="I141" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t>НД 1193599</t>
         </is>
       </c>
       <c r="K141" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
         <v>9406</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
           <t>Геодезія</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I142" s="9"/>
+          <t>- 19757</t>
+        </is>
+      </c>
+      <c r="I142" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J142" s="7" t="inlineStr">
         <is>
           <t>НД 1193599</t>
         </is>
       </c>
       <c r="K142" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
@@ -11622,54 +11636,56 @@
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
         <v>39813</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Землеустрій і кадастр</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 19756</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J144" s="7" t="inlineStr">
         <is>
           <t>НД 1193599</t>
         </is>
       </c>
       <c r="K144" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
@@ -11802,54 +11818,56 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>63247</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Державне управління повоєнною відбудовою інфраструктури територіальних громад</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I148" s="9"/>
+          <t>- 19780</t>
+        </is>
+      </c>
+      <c r="I148" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
@@ -12393,56 +12411,54 @@
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>80477</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
-          <t>- 14355</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
@@ -14754,54 +14770,56 @@
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>55917</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I214" s="9"/>
+          <t>- 19750</t>
+        </is>
+      </c>
+      <c r="I214" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
@@ -15721,51 +15739,51 @@
       </c>
       <c r="J235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K235" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K235"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I155"/>
+  <dimension ref="A1:I145"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -15850,51 +15868,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -16127,51 +16145,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>11</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -16494,51 +16512,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
@@ -16560,120 +16578,120 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>53</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -16976,51 +16994,51 @@
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -17050,84 +17068,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Промисловий дизайн</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -17215,87 +17233,87 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -17479,84 +17497,84 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -17941,120 +17959,120 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
@@ -18143,51 +18161,51 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -18419,51 +18437,51 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -18756,51 +18774,51 @@
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>192</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -18959,2047 +18977,1717 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>125</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>1</v>
+        <v>146</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>154</v>
+        <v>3</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>245</v>
+        <v>5</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>F6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>G17</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>G18</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H127" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>F6</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи і технології</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>2</v>
+        <v>116</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>G17</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>G18</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>118</v>
+        <v>6</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>1</v>
+        <v>168</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
-[...328 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I155"/>
+  <autoFilter ref="A1:I145"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>