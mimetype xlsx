--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -2201,81 +2201,81 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>10</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2334,51 +2334,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>