--- v1 (2025-12-07)
+++ v2 (2026-03-09)
@@ -2201,81 +2201,81 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>10</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2301,84 +2301,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>