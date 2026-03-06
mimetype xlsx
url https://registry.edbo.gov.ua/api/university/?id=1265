--- v0 (2025-11-05)
+++ v1 (2026-03-06)
@@ -2018,117 +2018,117 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -2183,51 +2183,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Доктор мистецтва</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>